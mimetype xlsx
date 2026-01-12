--- v0 (2025-11-28)
+++ v1 (2026-01-12)
@@ -1,2957 +1,4886 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24931"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\B055225\Documents\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://erstdk-my.sharepoint.com/personal/jollun_erst_dk/Documents/Dokumenter/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2ECB04F1-B2DA-4116-A05E-0426E5A38080}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="8" documentId="8_{65FF541E-2820-49EA-BD56-D441D004323D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0C961C5A-9D23-4516-8685-2820BE6931D4}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{1011B907-F63F-4622-BE59-7FE80C115DD2}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{D0A1AAE9-5247-4E1B-B947-9B7196FD650D}"/>
   </bookViews>
   <sheets>
-    <sheet name="I) Guidance" sheetId="6" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="III) Momskoder Bruttoliste" sheetId="3" r:id="rId3"/>
+    <sheet name="I) Guidance" sheetId="1" r:id="rId1"/>
+    <sheet name="II) Kontoplan" sheetId="3" r:id="rId2"/>
+    <sheet name="III) Momskoder Bruttoliste" sheetId="5" r:id="rId3"/>
+    <sheet name="1" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'III) Momskoder Bruttoliste'!$B$3:$N$79</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'1'!$A$2:$M$81</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'II) Kontoplan'!$B$1:$D$723</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'III) Momskoder Bruttoliste'!$A$2:$O$81</definedName>
     <definedName name="AS2DocOpenMode" hidden="1">"AS2DocumentEdit"</definedName>
+    <definedName name="Hørringsversion" localSheetId="1">#REF!</definedName>
     <definedName name="Hørringsversion">#REF!</definedName>
+    <definedName name="OVERVIEW_VLP" localSheetId="3">#REF!</definedName>
+    <definedName name="OVERVIEW_VLP" localSheetId="1">#REF!</definedName>
+    <definedName name="OVERVIEW_VLP" localSheetId="2">#REF!</definedName>
     <definedName name="OVERVIEW_VLP">#REF!</definedName>
+    <definedName name="skat" localSheetId="3">#REF!</definedName>
+    <definedName name="skat" localSheetId="1">#REF!</definedName>
+    <definedName name="skat" localSheetId="2">#REF!</definedName>
     <definedName name="skat">#REF!</definedName>
+    <definedName name="Tax_code_description" localSheetId="3">#REF!</definedName>
+    <definedName name="Tax_code_description" localSheetId="1">#REF!</definedName>
+    <definedName name="Tax_code_description" localSheetId="2">#REF!</definedName>
     <definedName name="Tax_code_description">#REF!</definedName>
+    <definedName name="Vejledning" localSheetId="3">#REF!</definedName>
+    <definedName name="Vejledning" localSheetId="1">#REF!</definedName>
+    <definedName name="Vejledning" localSheetId="2">#REF!</definedName>
     <definedName name="Vejledning">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
-  <fileRecoveryPr repairLoad="1"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C298" i="1" l="1"/>
-[...4 lines deleted...]
-  <c r="C299" i="1" s="1"/>
+  <c r="D437" i="3" l="1"/>
+  <c r="D438" i="3"/>
+  <c r="D439" i="3"/>
+  <c r="D445" i="3"/>
+  <c r="D446" i="3"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1294" uniqueCount="825">
-[...2029 lines deleted...]
-    <t>Typerne af virksomheder er beskrevet nedenfor.</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2419" uniqueCount="1260">
+  <si>
+    <t>I) Guidance</t>
+  </si>
+  <si>
+    <t>Formålet med dette dokument er at opstille en standardkontoplan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dokumentet består af følgende ark: </t>
+  </si>
+  <si>
+    <t xml:space="preserve">I. </t>
+  </si>
+  <si>
+    <t>Guidance (dette ark)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">II. </t>
+  </si>
+  <si>
+    <t>Kontoplan (Resultatopgørelse og Balance)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">III. </t>
+  </si>
+  <si>
+    <t>Momskoder Bruttoliste m filter</t>
+  </si>
+  <si>
+    <t>II) Kontoplan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arket indeholder standardkontoplan for resultatopgørelsen og balancen. </t>
+  </si>
+  <si>
+    <t>Kolonne A indeholder kontonummer.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nummererede konti udgør selve kontoplanen. Det er alene disse konti (og ikke subtotaler eller totaler), der kan bogføres på. </t>
+  </si>
+  <si>
+    <t>Der er for hver sumpost angivet, hvilke konti de er tiltænkt at summere (Eksempelvis: "Nettoomsætning" der har en subtotal fra konto 1010-1389).</t>
+  </si>
+  <si>
+    <t>Det er tilladt for virksomheder at dimensionere, i kontoplanen, ved at tilføje ekstra cifra eller tegn, bagved de eksisterende konti. Dette kalder vi for 
+horisontal dimensionering. 
+Eksempelvis kunne "1100 - Salg af varer udland, ikke-EU " dimensioneres med Canada og USA salg således: 1100-1 og 1100-2 eller 1100-001 Salg af varer udland, Canada og 1100-002 Salg af varer udland, USA.
+Vertikalt er der IKKE tilladt at tilføje konti, da disse er rerserveret til myndigheder mv. 
+Eksempelvis må man ikke tilføje konto 1101 - Salg af varer udland, Canada og 1102 - Salg af varer udland, USA.
+Obs: Der må ikke benyttes "," eller ";" til dimensionering.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Totaler er ligeledes sum-poster. Disse kan være beregnet på baggrund af flere sum-poster (Eksempelvis: "Aktiver i alt"). </t>
+  </si>
+  <si>
+    <t>Kolonne B indeholder oplysning om sumintervaller og angivelse af overskriftskonti.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kolonne C indeholder oplysning om kontonavn. </t>
+  </si>
+  <si>
+    <t>III) Momskoder Bruttoliste</t>
   </si>
   <si>
     <t xml:space="preserve">Den fællesoffentlige standardkontoplan er suppleret med momskoder. 
 Anvendelsen af momskoder gør det muligt at håndtere bogføringen af moms på transaktionsniveau, uden at anvende specifikke finanskonti, der er sat op til at understøtte bogføring af moms på konkrete transaktioner. Anvendelsen af momskoder medfører derfor, at der ikke er behov for at etablere specifikke finanskonti til konkret håndtering af moms, f.eks. en salgskonto til indenlandsk salg, en til EU-salg og en til salg til lande udenfor EU. Med anvendelse af momskoder, kan bogføring af moms håndteres ved bogføring på én salgskonto, med anvendelse af den relevante momskode, jf. listen nedenfor. 
 Samtidig kan momskoderne understøtte generering af momsrapporter i regnskabssystemer, så der kan dannes en konsolidering af relevant bogføring, til brug for angivelse af moms.
 </t>
   </si>
   <si>
     <t xml:space="preserve">Momskoderne er lavet til at håndtere en meget bred vifte af forskellige typer virksomheder og transaktioner. Det er højst usandsynligt, at én virksomhed, vil have behov for alle momskoder. Det er hensigten, at den enkelte virksomhed skal vælge og anvende de koder, der er relevant for dennes specifikke aktiviteter.
 </t>
   </si>
   <si>
+    <t xml:space="preserve">Listen af momskoder er en bruttoliste, der omfatter alle koder. I kolonnerne J-N er det gjort muligt at filtrere i listen af momskoder, så den enkelte virksomhed kan isolere de relevante koder, baseret på hvorvidt virksomheden har både både momspligtige og momsfrie aktiviteter og om virksomheden har handel med udlandet.
+</t>
+  </si>
+  <si>
+    <t>Typerne af virksomheder er beskrevet nedenfor.</t>
+  </si>
+  <si>
+    <t>1) Dansk virksomhed med handel i Danmark</t>
+  </si>
+  <si>
     <t xml:space="preserve">Danske virksomheder, der udelukkende har handel i Danmark, f.eks. selvstændige erhvervsdrivende inden for håndværkerfaget, servicefaget og produktions/handelsvirksomheder med handel i DK m.m.
 </t>
   </si>
   <si>
+    <t>2) Dansk blandet virksomhed med handel i Danmark</t>
+  </si>
+  <si>
     <t xml:space="preserve">Danske virksomheder, der har blandede aktiviteter, dvs. både momsfritaget og momspligtige. Kan f.eks. være virksomheder inden for fintech, tandlæger, sport, sundhed og undervisning.
 </t>
   </si>
   <si>
+    <t>3) Dansk virksomhed med udlandshandel</t>
+  </si>
+  <si>
     <t xml:space="preserve">Danske virksomheder, der både har handel med udlandet og i Danmark. Kan f.eks. være produktionsvirksomheder med eksport eller virksomheder med import og salg i Danmark.
 </t>
   </si>
   <si>
-    <t>3) Dansk virksomhed med udlandshandel</t>
-[...1 lines deleted...]
-  <si>
     <t>4) Blandet virksomhed med udlandshandel</t>
+  </si>
+  <si>
+    <t>Danske virksomheder, der har blandede aktiviteter, dvs. både momsfritaget og momspligtige, der også har handel med udlandet. Kan f.eks. være virksomheder inden for fintech, tandlæger, sundhed og undervisning.</t>
+  </si>
+  <si>
+    <t>5) Særkoder</t>
   </si>
   <si>
     <t xml:space="preserve">Denne gruppe dækker særlige momsmæssige behov, der kræver særkoder. Det er f.eks. rejsebureauer, bilhandel, handel med brugte varer og særlige køb med dansk omvendt betalingspligt. Denne gruppe af momskoder skal være tilvalg for virksomheder med dette behov.
 </t>
   </si>
   <si>
-    <t xml:space="preserve">Denne kode anvendes til håndtering af transaktioner med 25% salgsmoms, eksempelvis salg af momspligtige varer eller ydelser i DK.
-[...192 lines deleted...]
-    <t>Momspligtige salg (DK), 25% moms</t>
+    <t>Momskoder - Bruttoliste</t>
+  </si>
+  <si>
+    <t>Salg
+køb</t>
+  </si>
+  <si>
+    <t>Overskrift</t>
+  </si>
+  <si>
+    <t>Momssats</t>
+  </si>
+  <si>
+    <t>Fradragsret</t>
+  </si>
+  <si>
+    <t>Momskode betegnelse</t>
+  </si>
+  <si>
+    <t>Momskode</t>
+  </si>
+  <si>
+    <t>Vejledning</t>
   </si>
   <si>
     <t>1. 
 Udelukkende
 handel i DK</t>
   </si>
   <si>
+    <t xml:space="preserve">2. 
+Udelukkende
+handel i DK +
+blandede
+aktiviteter
+</t>
+  </si>
+  <si>
     <t>3. 
 Også handel med udlandet</t>
   </si>
   <si>
+    <t xml:space="preserve">4. 
+Også handel med udlandet + 
+blandede
+aktiviteter
+</t>
+  </si>
+  <si>
     <t>5. 
 Særkoder</t>
+  </si>
+  <si>
+    <t>Salg</t>
+  </si>
+  <si>
+    <t>Momspligtige salg (DK), 25% moms</t>
+  </si>
+  <si>
+    <t>S-DK-25</t>
+  </si>
+  <si>
+    <t>S1</t>
+  </si>
+  <si>
+    <t>Salgsmoms (udgående moms)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes til håndtering af transaktioner med 25% salgsmoms, eksempelvis salg af momspligtige varer eller ydelser i DK.
+</t>
+  </si>
+  <si>
+    <t>x</t>
+  </si>
+  <si>
+    <t>Momspligtige salg (DK) 0% moms</t>
+  </si>
+  <si>
+    <t>S-DK-0</t>
+  </si>
+  <si>
+    <t>S0</t>
+  </si>
+  <si>
+    <t>Udenfor momslovens anvendelsområde</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>S-DK-U</t>
+  </si>
+  <si>
+    <t>S%</t>
+  </si>
+  <si>
+    <t>Skal ikke medtages i angivelsen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes til ”omsætning”, der ikke er omfattet af momsloven. Det kan eksempelvis være modtagne sponsorater uden modydelse mv.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Momsfritaget salg </t>
+  </si>
+  <si>
+    <t>S-DK-MF</t>
+  </si>
+  <si>
+    <t>SMF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes til salg af varer og ydelser, der er omfattet af momslovens fritagelsesbestemmelser, eksempelvis momsfritaget undervisning, hospitalsbehandling, foreningskontingenter.
+</t>
+  </si>
+  <si>
+    <t>Brugtmoms</t>
+  </si>
+  <si>
+    <t>S-DK-Brugtmoms</t>
+  </si>
+  <si>
+    <t>Sbrugt</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved salg af varer der kan omfattes af reglerne for beregning af moms af brugte varer og hvor der derfor skal afregnes moms af forskellen mellem salgsprisen og købsprisen.
+</t>
+  </si>
+  <si>
+    <t>Marginmoms</t>
+  </si>
+  <si>
+    <t>S-DK-Marginmoms</t>
+  </si>
+  <si>
+    <t>Smargin</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes af rejsebureauer mv., der skal afregne moms af fortjenstmargen.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Salg </t>
+  </si>
+  <si>
+    <t>Brugte personmotorkøretøjer</t>
+  </si>
+  <si>
+    <t>S-DK-brugtbil</t>
+  </si>
+  <si>
+    <t>Smotor</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved salg af brugte personbiler, hvor sælger kan foretage et fradrag i den beregnede salgsmoms, på baggrund af beregning baseret på købsprisen på det brugte køretøj.  
+</t>
+  </si>
+  <si>
+    <t>Udlejningsvirksomheder, køreskoler og demobiler</t>
+  </si>
+  <si>
+    <t>S-DK-leasingbiler_mm</t>
+  </si>
+  <si>
+    <t>Sleasing</t>
+  </si>
+  <si>
+    <t>Kunstneres førstegangssalg</t>
+  </si>
+  <si>
+    <t>S-DK-kunstnere</t>
+  </si>
+  <si>
+    <t>Skunstnere</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved kunstneres førstegangssalg af egne værker, når disse opfylder momslovens betingelser for at blive anset som kunstgenstande.
+</t>
+  </si>
+  <si>
+    <t>Lokal salg andre lande med moms</t>
+  </si>
+  <si>
+    <t>x%</t>
+  </si>
+  <si>
+    <t>S-LokalMoms</t>
+  </si>
+  <si>
+    <t>Slokal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved salg foretaget i eller til kunder i andre lande, hvor salget gennemføres med lokal moms.
+</t>
+  </si>
+  <si>
+    <t>Salg til EU-lande</t>
+  </si>
+  <si>
+    <t>Varesalg B2B (EU), 0% moms   </t>
+  </si>
+  <si>
+    <t>S-EU-V-0</t>
+  </si>
+  <si>
+    <t>S2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rubrik B - varer </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved salg af varer til momsregistrerede kunder i andre EU-lande.
+</t>
+  </si>
+  <si>
+    <t>S-EU-V-0%</t>
+  </si>
+  <si>
+    <t>S7</t>
+  </si>
+  <si>
+    <t>Rubrik B – oplysninger, der ikke skal indberettes til ”EU-salg uden moms”</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved salg af nye transportmidler til ikke registrerede virksomheder og private forbrugere. Installering og montering af varer, samt fjernsalg af varer til andre EU-lande  
+</t>
+  </si>
+  <si>
+    <t>Ydelsessalg B2B (EU), 0% moms</t>
+  </si>
+  <si>
+    <t>S-EU-Y-0</t>
+  </si>
+  <si>
+    <t>S3</t>
+  </si>
+  <si>
+    <t>Rubrik B - ydelser</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved salg af ydelser til kunder i andre EU-lande, hvor kunden skal afregne moms i eget land. 
+</t>
+  </si>
+  <si>
+    <t>Momsfritaget salg (EU)</t>
+  </si>
+  <si>
+    <t>S-EU-MF</t>
+  </si>
+  <si>
+    <t>SMFEU</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes til salg af varer og ydelser til andre EU lande, der er omfattet af momslovens fritagelsesbestemmelser, eksempelvis momsfritaget undervisning, hospitalsbehandling, foreningskontingenter.
+</t>
+  </si>
+  <si>
+    <t>Varesalg B2B (EU). Trekantshandel</t>
+  </si>
+  <si>
+    <t>S-EU-V-TR</t>
+  </si>
+  <si>
+    <t>S8</t>
+  </si>
+  <si>
+    <t>Skal ikke medtages på momsangivelsen, men som trekantshandel på EU-salgsangivelsen</t>
+  </si>
+  <si>
+    <t>Denne kode anvendes ved køb af varer fra et EU-land og sendes fra sælger land til en kunde i et andet EU-land (ikke DK), som afregner momsen i eget land.</t>
+  </si>
+  <si>
+    <t>Salg til lande udenfor EU</t>
+  </si>
+  <si>
+    <t>Varesalg B2B (% EU), 0% moms</t>
+  </si>
+  <si>
+    <t>S-%EU-V-0</t>
+  </si>
+  <si>
+    <t>S4</t>
+  </si>
+  <si>
+    <t>Rubrik C - eksport udenfor EU</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved salg af varer til kunder i lande udenfor EU og hvor varen eksporteres ud af EU.
+</t>
+  </si>
+  <si>
+    <t>Ydelsessalg B2B (% EU), 0% moms</t>
+  </si>
+  <si>
+    <t>S-%EU-Y-0</t>
+  </si>
+  <si>
+    <t>S5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved salg af ydelser til kunder i lande udenfor EU.
+</t>
+  </si>
+  <si>
+    <t>Momsfritaget salg (udenfor EU) § 13</t>
+  </si>
+  <si>
+    <t>S-%EU-MF</t>
+  </si>
+  <si>
+    <t>S6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes til salg af varer og ydelser til kunder i lande udenfor EU, når varen eller ydelsen er omfattet af momslovens fritagelsesbestemmelser, eksempelvis momsfritaget undervisning, hospitalsbehandling, foreningskontingenter. 
+</t>
+  </si>
+  <si>
+    <t>OSS - One stop shop salg (onlinehandel)</t>
+  </si>
+  <si>
+    <t>S-OSS-Y</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved salg af varer til kunder i andre EU-lande med lokal moms (f.eks. privatpersoner, hvor varen forsendes fra DK), når salget er omfattet af reglerne for One Stop Shop.
+</t>
+  </si>
+  <si>
+    <t>B2C varesalg fra andre EU-lande eller lande udenfor EU</t>
+  </si>
+  <si>
+    <t>S-OSS-V-%DK</t>
+  </si>
+  <si>
+    <t>OSS angivelsen + Rubrik C</t>
+  </si>
+  <si>
+    <t>Denne kode anvendes ved salg af varer til kunder i andre EU-lande med lokal moms (f.eks. privatpersoner, hvor varen forsendes fra et andet EU-land end det hvor varen modtages, når leverandøren er tilknyttet EU-ordningen eller hvor varen forsendes fra et land udenfor EU, når leverandøren er tilknyttet importordningen), når salget er omfattet af reglerne for One Stop Shop.</t>
+  </si>
+  <si>
+    <t>B2C varesalg fra et land udenfor EU til kunde i DK</t>
+  </si>
+  <si>
+    <t>x%
+(eller vel egentlig 25%?)</t>
+  </si>
+  <si>
+    <t>S-OSS-V-%EU-DK</t>
+  </si>
+  <si>
+    <t>OSS angivelsen (skal ikke angives på momsangivelsen)</t>
+  </si>
+  <si>
+    <t>Denne kode anvendes ved salg af varer til kunder i Danmark med lokal moms (f.eks. privatpersoner, hvor varen forsendes fra et land uden for EU og leverandøren er tilknyttet importordningen ), når salget er omfattet af reglerne for One Stop Shop.</t>
+  </si>
+  <si>
+    <t>S-OSS-V-L</t>
+  </si>
+  <si>
+    <t>Køb</t>
+  </si>
+  <si>
+    <t>Indgående moms (DK), fuld fradrag (100%)</t>
+  </si>
+  <si>
+    <t>K-DK-Fradrag</t>
+  </si>
+  <si>
+    <t>K1</t>
+  </si>
+  <si>
+    <t>Købsmoms (indgående moms)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved køb af varer eller ydelser med moms i DK, hvor varen eller ydelsen anvendes fuldt ud i forbindelse med virksomhedens momspligtige aktiviteter og hvor varen eller ydelsen ikke er omfattet af andre regler om begrænsning af retten til momsfradrag. 
+</t>
+  </si>
+  <si>
+    <t>Indgående moms (DK), skønsmæssigt fradrag</t>
+  </si>
+  <si>
+    <t>Skøn</t>
+  </si>
+  <si>
+    <t>K-DK-SkønsmæssigFradrag</t>
+  </si>
+  <si>
+    <t>K3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved køb af varer eller ydelser, der både anvendes i forbindelse med de momspligtige aktiviteter og til formål der er virksomheden uvedkommende og hvor retten til fradrag skal opgøres efter et skøn over den faktiske anvendelse. Dette kan eksempelvis være anskaffelse og brug af mobiltelefoner, internetadgang på medarbejderes privatadresser og lignende.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Momsfritaget køb, Ingen fradrag, ingen moms på køb </t>
+  </si>
+  <si>
+    <t>K-DK-IngenFradrag</t>
+  </si>
+  <si>
+    <t>K0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved køb af varer eller ydelser, hvor virksomheden ikke har adgang til momsfradrag eller køb af varer og ydelser uden moms, når varen eller ydelsen er omfattet af momslovens fritagelsesbestemmelser, eksempelvis momsfritaget undervisning, hospitalsbehandling, foreningskontingenter
+</t>
+  </si>
+  <si>
+    <t>Indgående moms (DK), lovbestemt delvist fradrag (2/3 fradrag)</t>
+  </si>
+  <si>
+    <t>66,6%  </t>
+  </si>
+  <si>
+    <t>K-DK-VejFradrag</t>
+  </si>
+  <si>
+    <t>K7</t>
+  </si>
+  <si>
+    <t>Købsmoms (indgående moms 66,6%)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved vedligeholdelse af tilkørselsveje i landbrugsvirksomheder, hvor 2/3 af momsen på udgiften kan fradrages.
+</t>
+  </si>
+  <si>
+    <t>Indgående moms (DK), lovbestemt delvist fradrag (50%)</t>
+  </si>
+  <si>
+    <t>K-DK-FastnettelefonFuld</t>
+  </si>
+  <si>
+    <t>K5A</t>
+  </si>
+  <si>
+    <t>Købsmoms (indgående moms 50%)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved køb og drift af fastnettelefoner på medarbejderes privatadresse, når virksomheden alene har momspligtige aktiviteter.
+</t>
+  </si>
+  <si>
+    <t>Indgående moms (DK), lovbestemt delvist fradrag (50% x pro rata)</t>
+  </si>
+  <si>
+    <t>K-DK-FastnettelefonProRata</t>
+  </si>
+  <si>
+    <t>K5B</t>
+  </si>
+  <si>
+    <t>Købsmoms (indgående moms 50% af "pro rata")</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved køb og drift af fastnettelefoner på medarbejderes privatadresse, når virksomheden har både momsfrie og momspligtige aktiviteter.
+</t>
+  </si>
+  <si>
+    <t>Leasing og drift af gulpladebil, (private og blandede formål samt erhverv)</t>
+  </si>
+  <si>
+    <t>K-DK-GulpladebilFradragPrivat</t>
+  </si>
+  <si>
+    <t>KL1</t>
+  </si>
+  <si>
+    <t>Købsmoms (indgående moms 33,3%)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved leje af varebiler (med tilladt totalvægt på ikke over 3t), når disse ikke udelukkende anvendes i virksomheden.
+</t>
+  </si>
+  <si>
+    <t>Repræsentationsmoms, delvist fradragsberettiget (25%)</t>
+  </si>
+  <si>
+    <t>K-DK-RepræsentationFradragFuld</t>
+  </si>
+  <si>
+    <t>K25A</t>
+  </si>
+  <si>
+    <t>Købsmoms (indgående moms 25%)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved køb af repræsentationsydelser, f.eks. restaurationsydelser, hvor ¼ af momsen på udgiften kan fradrages.
+</t>
+  </si>
+  <si>
+    <t>Repræsentationsmoms, delvist fradragsberettiget (25% x pro rata)</t>
+  </si>
+  <si>
+    <t>K-DK-RepræsentationFradragProRata</t>
+  </si>
+  <si>
+    <t>K25B</t>
+  </si>
+  <si>
+    <t>Købsmoms (indgående moms 25% af "pro rata")</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved køb af repræsentationsydelser, f.eks. restaurationsydelser, i virksomheder med både momsfri og momspligtige aktiviteter, hvor ¼ * pro rata satsen af momsen på udgiften kan fradrages.  
+</t>
+  </si>
+  <si>
+    <t>Leasing af hvidpladebil i min. 6 mdr.  (faktura)</t>
+  </si>
+  <si>
+    <t>Maks 25% af særligt fradrags-grundlag</t>
+  </si>
+  <si>
+    <t>K-DK-LeasinghvidpladebilFradrag</t>
+  </si>
+  <si>
+    <t>KL2</t>
+  </si>
+  <si>
+    <t>Købsmoms (indgående moms - faktura fradrag)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved leasing af hvidpladebiler i perioder længere end 6 mdr., hvor bilen anvendes min. 10 pct. i forbindelse med virksomhedens momspligtige aktiviteter. Den moms, der kan fradrages, kan højst udgøre et beløb beregnet på baggrund af den betalte registreringsafgift og fremgår typisk af opkrævningen fra leasingselskabet. 
+</t>
+  </si>
+  <si>
+    <t>Leasing af hvidpladebil i min. 6 mdr.  (faktura x pro rata)</t>
+  </si>
+  <si>
+    <t>KL3</t>
+  </si>
+  <si>
+    <t>Købsmoms (indgående moms - faktura pro rata fradrag)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode  anvendes ved virksomheder med både momsfri og momspligtige aktiviteters leasing af hvidpladebiler i perioder længere ind 6 mdr, hvor bilen anvendes min. 10 pct. i forbindelse med virksomhedens momspligtige aktiviteter. Den moms der kan fradrages, kan højst udgøre et beløb beregnet på baggrund af den betalte registreringsafgift og fremgår typisk af opkrævningen fra leasingselskabet. Beløbet skal yderligere reduceres i forhold til virksomhedens pro rata sats.
+</t>
+  </si>
+  <si>
+    <t>Indgående moms (DK), Delvis fradrag (pro rata)</t>
+  </si>
+  <si>
+    <t>Delvis</t>
+  </si>
+  <si>
+    <t>K-DK-DelvisFradrag</t>
+  </si>
+  <si>
+    <t>K2</t>
+  </si>
+  <si>
+    <t>Købsmoms (indgående moms - omsætningsfordeling)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes af virksomheder med både momsfri og momspligtige aktiviteters afholdelse af fællesomkostninger, dvs. omkostninger der både vedrører virksomhedens momspligtige og momsfrie aktiviteter. Koden dækker virksomhedens pro rata sats/delvise momsfradragsprocent, der opgøres som forholdet mellem virksomhedens momspligtige omsætning og den samlede omsætning. 
+</t>
+  </si>
+  <si>
+    <t>Indgående moms (DK), sektorbaseret fradragsret</t>
+  </si>
+  <si>
+    <t>Sektor</t>
+  </si>
+  <si>
+    <t>K-DK-SektorFradrag</t>
+  </si>
+  <si>
+    <t>K6</t>
+  </si>
+  <si>
+    <t>Købsmoms (indgående moms - omsætningsfordeling i sektoren)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved køb i virksomheder, der har en sektorisk opdeling og dermed skal opgøre et særligt momsfradrag for denne del af virksomheden. 
+</t>
+  </si>
+  <si>
+    <t>Arealbaseret fradragsret fast ejendom</t>
+  </si>
+  <si>
+    <t>Arealfordeling</t>
+  </si>
+  <si>
+    <t>K-DK-ArealFradrag</t>
+  </si>
+  <si>
+    <t>K4</t>
+  </si>
+  <si>
+    <t>Købsmoms (indgående moms - forholdsmæssig andel)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved afholdelse af udgifter til opførelse, ombygning, reparation og vedligeholdelse af bygninger, når bygningen også omfatter lokaler, der vedrører andre formål end virksomhedens momspligtige aktiviteter og som ikke kan fordeles på de enkelte lokaler.
+</t>
+  </si>
+  <si>
+    <t>K-DK-Brugtmoms</t>
+  </si>
+  <si>
+    <t>K-brugtmoms</t>
+  </si>
+  <si>
+    <t>Denne kode anvendes ved køb af varer under brugtmomsordningen. Købssummen skal alene anvendes til at opgøre beregningsgrundlaget for salgsmoms og udløser ikke adgang til momsfradrag.</t>
+  </si>
+  <si>
+    <t>K-DK-Marginmoms</t>
+  </si>
+  <si>
+    <t>K-marginmoms</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved køb af varer under marginmomsordningen. Købssummen skal alene anvendes til at opgøre beregningsgrundlaget for salgsmoms og udløser ikke adgang til momsfradrag.
+</t>
+  </si>
+  <si>
+    <t>K-DK-brugtbil</t>
+  </si>
+  <si>
+    <t>K-brugtbil</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved køb af brugte personbiler til videresalg. Købssummen skal alene anvendes til at opgøre beregningsgrundlaget for salgsmoms og udløser ikke adgang til momsfradrag.
+</t>
+  </si>
+  <si>
+    <t>K-DK-leasingbiler_mm</t>
+  </si>
+  <si>
+    <t>K-leasingbil</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved køb af udlejnings-, køreskole- eller demobiler, når der vælges at beregne salgsmoms efter den særlige metode i momslovens §30, stk. 1
+</t>
+  </si>
+  <si>
+    <t>DK omvendt betalingspligt, Indgående moms, fuldt fradragsberettiget (100%)</t>
+  </si>
+  <si>
+    <t>K-DKO-Fradrag</t>
+  </si>
+  <si>
+    <t>K-DK0-1</t>
+  </si>
+  <si>
+    <t>Salgsmoms (udgående) og købsmoms (indgående moms)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved køb af varer i DK der er omfattet af lokal omvendt betalingspligt, f.eks. mobiltelefoner, bærbare pc, tablets, metalskrot, co2-kvoter mv.
+</t>
+  </si>
+  <si>
+    <t>DK omvendt betalingspligt, Indgående moms, Delvis fradrag (pro rata)</t>
+  </si>
+  <si>
+    <t>K-DKO-DelvisFradrag</t>
+  </si>
+  <si>
+    <t>K-DKO-2</t>
+  </si>
+  <si>
+    <t>Salgsmoms og købsmoms ( indgående moms omsætningsfordeling) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved køb af varer i DK der er omfattet af lokal omvendt betalingspligt, f.eks. mobiltelefoner, bærbare pc, tablets, metalskrot, co2-kvoter mv., når købet vedrører både virksomhedens momspligtige og momsfrie aktiviteter.
+</t>
+  </si>
+  <si>
+    <t>DK omvendt betalingspligt, Indgående moms, skønsmæssigt fradrag</t>
+  </si>
+  <si>
+    <t>K-DKO-SkønsmæssigFradrag</t>
+  </si>
+  <si>
+    <t>K-DKO-3</t>
+  </si>
+  <si>
+    <t>Salgsmoms og købsmoms (indgående moms skønsmæssig andel)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved køb af varer i DK der er omfattet af lokal omvendt betalingspligt, f.eks. mobiltelefoner, bærbare pc, tablets, metalskrot, co2-kvoter mv., når købet vedrører både virksomhedens momspligtige aktiviteter og andre formål, der er virksomheden uvedkommende.
+</t>
+  </si>
+  <si>
+    <t>DK omvendt betalingspligt, Ingen fradrag</t>
+  </si>
+  <si>
+    <t>K-DKO-IngenFradrag</t>
+  </si>
+  <si>
+    <t>K-DKO-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved køb af varer i DK der er omfattet af lokal omvendt betalingspligt, f.eks. mobiltelefoner, bærbare pc, tablets, metalskrot, co2-kvoter mv., når købet vedrører enten virksomhedens momsfrie aktiviteter eller andre formål, der er virksomheden uvedkommende.
+</t>
+  </si>
+  <si>
+    <t>DK omvendt betalingspligt, Arealbaseret fradragsret fast ejendom</t>
+  </si>
+  <si>
+    <t>K-DKO-ArealFradrag</t>
+  </si>
+  <si>
+    <t>K-DKO-4</t>
+  </si>
+  <si>
+    <t>Salgsmoms og købsmoms ( indgående moms arealfordeling)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved køb af varer i DK der er omfattet af lokal omvendt betalingspligt, f.eks. mobiltelefoner, bærbare pc, tablets, metalskrot, co2-kvoter mv., når købet vedrører opførelse, ombygning, reparation og vedligeholdelse af bygninger, når bygningen også omfatter lokaler der vedrører andre formål end virksomhedens momspligtige aktiviteter
+</t>
+  </si>
+  <si>
+    <t>Køb med lokal moms</t>
+  </si>
+  <si>
+    <t>Refusion</t>
+  </si>
+  <si>
+    <t>K-LokalMoms</t>
+  </si>
+  <si>
+    <t>Tilbagesøgning efter refusionsordningsreglerne</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved køb af varer og ydelser i andre lande, hvor virksomheden har modtaget en faktura eller en kvittering med lokal moms, f.eks. Rejseudgifter
+</t>
+  </si>
+  <si>
+    <t>Køb omfattet af det offentliges refusionsordning</t>
+  </si>
+  <si>
+    <t>K-DK-refusion</t>
+  </si>
+  <si>
+    <t>K-DKO-I</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved køb hvor virksomheden har mulighed for kompensation eller refusion for den konkrete udgift.
+</t>
+  </si>
+  <si>
+    <t>Køb fra EU-lande</t>
+  </si>
+  <si>
+    <t>Varekøb, erhvervelsesmoms (EU), fuldt fradragsberettiget (100%)</t>
+  </si>
+  <si>
+    <t>K-EU-V-Fradrag</t>
+  </si>
+  <si>
+    <t>K-EU-V-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved varekøb uden moms i andre EU-lande, hvor virksomheden har fuldt fradrag for den beregnede erhvervelsesmoms.
+</t>
+  </si>
+  <si>
+    <t>Varekøb, erhvervelsesmoms (EU), skønsmæssigt fradrag</t>
+  </si>
+  <si>
+    <t>K-EU-V-SkønsmæssigFradrag</t>
+  </si>
+  <si>
+    <t>K-EU-V-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode  anvendes ved varekøb uden moms i andre EU-lande, hvor den indkøbte vare både anvendes i forbindelse med de momspligtige aktiviteter og til formål der er virksomheden uvedkommende og hvor retten til fradrag for den beregnede moms skal opgøres efter et skøn over den faktiske anvendelse.
+</t>
+  </si>
+  <si>
+    <t>Varekøb, erhvervelsesmoms (EU), ingen fradrag</t>
+  </si>
+  <si>
+    <t>K-EU-V-IngenFradrag</t>
+  </si>
+  <si>
+    <t>K-EU-V-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode  anvendes ved varekøb uden moms i andre EU-lande, hvor virksomheden ikke har adgang til fradrag for den beregnede moms, f.eks. fordi de indkøbte varer ikke anvendes i forbindelse med virksomhedens momspligtige aktiviteter.
+</t>
+  </si>
+  <si>
+    <t>Varekøb, erhvervelsesmoms (EU), Delvis fradrag (pro rata)</t>
+  </si>
+  <si>
+    <t>K-EU-V-DelvisFradrag</t>
+  </si>
+  <si>
+    <t>K-EU-V-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode  anvendes ved varekøb uden moms i andre EU-lande, hvor den indkøbte vare både anvendes i forbindelse med de momspligtige og de momsfrie aktiviteter og hvor retten til fradrag for den beregnede moms skal opgøres efter pro rata satsen.
+</t>
+  </si>
+  <si>
+    <t>Varekøb, erhvervelsesmoms (EU), Arealbaseret fradragsret fast ejendom</t>
+  </si>
+  <si>
+    <t>K-EU-V-ArealFradrag</t>
+  </si>
+  <si>
+    <t>K-EU-V-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode  anvendes ved varekøb uden moms i andre EU-lande når købet vedrører opførelse, ombygning, reparation og vedligeholdelse af bygninger, når bygningen også omfatter lokaler der vedrører andre formål end virksomhedens momspligtige aktiviteter
+</t>
+  </si>
+  <si>
+    <t>Ydelseskøb, omvendt betalingspligt (EU), fuldt fradragsberettiget (100%)</t>
+  </si>
+  <si>
+    <t>K-EU-Y-Fradrag</t>
+  </si>
+  <si>
+    <t>K-EU-Y-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved ydelseskøb uden moms i andre EU-lande, hvor virksomheden har fuldt fradrag for den beregnede moms.
+</t>
+  </si>
+  <si>
+    <t>Ydelseskøb, omvendt betalingspligt (EU), skønsmæssigt fradrag</t>
+  </si>
+  <si>
+    <t>K-EU-DK-Y-SkønsmæssigFradrag</t>
+  </si>
+  <si>
+    <t>K-EU-Y-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode  anvendes ved ydelseskøb uden moms i andre EU-lande, hvor den indkøbte ydelse både anvendes i forbindelse med de momspligtige aktiviteter og til formål der er virksomheden uvedkommende og hvor retten til fradrag for den beregnede moms skal opgøres efter et skøn over den faktiske anvendelse.
+</t>
+  </si>
+  <si>
+    <t>Ydelseskøb, omvendt betalingspligt (EU), ingen fradrag</t>
+  </si>
+  <si>
+    <t>K-EU-Y-IngenFradrag</t>
+  </si>
+  <si>
+    <t>K-EU-Y-0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode  anvendes ved ydelseskøb uden moms i andre EU-lande, hvor virksomheden ikke har adgang til fradrag for den beregnede moms, f.eks. fordi de indkøbte ydelser ikke anvendes i forbindelse med virksomhedens momspligtige aktiviteter.
+</t>
+  </si>
+  <si>
+    <t>Ydelseskøb, omvendt betalingspligt (EU), Delvis fradrag</t>
+  </si>
+  <si>
+    <t>K-EU-Y-DelvisFradrag</t>
+  </si>
+  <si>
+    <t>K-EU-Y-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode  anvendes ved ydelseskøb uden moms i andre EU-lande, hvor den indkøbte ydelse både anvendes i forbindelse med de momspligtige og de momsfrie aktiviteter og hvor retten til fradrag for den beregnede moms skal opgøres efter pro rata satsen.
+</t>
+  </si>
+  <si>
+    <t>Ydelseskøb, omvendt betalingspligt (EU), Arealbaseret fradragsret fast ejendom</t>
+  </si>
+  <si>
+    <t>K-EU-Y-ArealFradrag</t>
+  </si>
+  <si>
+    <t>K-EU-Y-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode  anvendes ved ydelseskøb uden moms i andre EU-lande når købet vedrører opførelse, ombygning, reparation og vedligeholdelse af bygninger, når bygningen også omfatter lokaler der vedrører andre formål end virksomhedens momspligtige aktiviteter
+</t>
+  </si>
+  <si>
+    <t>Leasing af hvidpladebil i min. 6 mdr.  Udlandet (faktura)</t>
+  </si>
+  <si>
+    <t>K-EU-LeasinghvidpladebilFradrag</t>
+  </si>
+  <si>
+    <t>KL-EU-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes af virksomheder med både momsfri og momspligtige aktiviteter ved leasing af hvidpladebiler i andre EU-lande i perioder længere ind 6 mdr, hvor bilen anvendes min. 10 pct. i forbindelse med virksomhedens momspligtige aktiviteter. Den moms der kan fradrages, kan højst udgøre et beløb beregnet på baggrund af den betalte registreringsafgift. 
+</t>
+  </si>
+  <si>
+    <t>Leasing af hvidpladebil i min. 6 mdr.  Udlandet (faktura x pro rata)</t>
+  </si>
+  <si>
+    <t>K-EU-LeasinghvidpladebilDelvisFradrag</t>
+  </si>
+  <si>
+    <t>KL-EU-3  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes af virksomheder med både momsfri og momspligtige aktiviteter ved leasing af hvidpladebiler i andre EU-lande i perioder længere ind 6 mdr, hvor bilen anvendes min. 10 pct. i forbindelse med virksomhedens momspligtige aktiviteter. Den moms der kan fradrages, kan højst udgøre et beløb beregnet på baggrund af den betalte registreringsafgift. Beløbet skal yderligere reduceres i forhold til virksomhedens pro rata sats.
+</t>
+  </si>
+  <si>
+    <t>Leasing af gulpladebil fra udenlandsk leasinggiver, (private og blandede formål samt erhverv)</t>
+  </si>
+  <si>
+    <t>K-EU-Y-GulpladebilFradragPrivat</t>
+  </si>
+  <si>
+    <t>K-EU-Y-L1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved leje af varebiler (med tilladt totalvægt på ikke over 3t) i andre EU-lande, når disse ikke udelukkende anvendes i virksomheden. Der kan fradrages 1/3 af den beregnede moms.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Momsfritagede køb af varer og ydelser (EU) </t>
+  </si>
+  <si>
+    <t>K-EU-Momsfritaget</t>
+  </si>
+  <si>
+    <t>K-EU-MF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved køb af momsfritagne ydelser i andre lande. Det kan eksempelvis være finansielle ydelser, hospitalsydelser eller lignende.
+</t>
+  </si>
+  <si>
+    <t>Køb fra lande udenfor EU</t>
+  </si>
+  <si>
+    <t>Varekøb, Importmoms (% EU), fuldt fradragsberettiget (100%)</t>
+  </si>
+  <si>
+    <t>K-%EU-V-Fradrag</t>
+  </si>
+  <si>
+    <t>K-%EU-V-1</t>
+  </si>
+  <si>
+    <t>Moms af varekøb i udlandet (både EU og lande uden for EU) og Købsmoms (indgående moms)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved varekøb uden moms i lande udenfor EU, hvor virksomheden har fuldt fradrag for den afregnede importmoms.
+</t>
+  </si>
+  <si>
+    <t>Varekøb, importmoms (% EU), skønsmæssigt fradrag</t>
+  </si>
+  <si>
+    <t>K-%EU-V-SkønsmæssigFradrag</t>
+  </si>
+  <si>
+    <t>K-%EU-V-3</t>
+  </si>
+  <si>
+    <t>Moms af varekøb i udlandet (både EU og lande uden for EU) og Købsmoms (indgående moms - skønsmæssig andel)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode  anvendes ved varekøb uden moms i lande udenfor EU, hvor den indkøbte vare både anvendes i forbindelse med de momspligtige aktiviteter og til formål der er virksomheden uvedkommende og hvor retten til fradrag for den afregnede importmoms skal opgøres efter et skøn over den faktiske anvendelse.
+</t>
+  </si>
+  <si>
+    <t>Varekøb, importmoms (% EU), ingen fradrag</t>
+  </si>
+  <si>
+    <t>K-%EU-V-IngenFradrag</t>
+  </si>
+  <si>
+    <t>K-%EU-V-0</t>
+  </si>
+  <si>
+    <t>Moms af varekøb i udlandet (både EU og lande uden for EU)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode  anvendes ved varekøb uden moms i lande udenfor EU, hvor virksomheden ikke har adgang til fradrag for den afregnede importmoms, f.eks. fordi de indkøbte varer ikke anvendes i forbindelse med virksomhedens momspligtige aktiviteter.
+</t>
+  </si>
+  <si>
+    <t>Varekøb, importmoms (% EU), Delvis fradrag (pro rata)</t>
+  </si>
+  <si>
+    <t>K-%EU-V-DelvisFradrag</t>
+  </si>
+  <si>
+    <t>K-%EU-V-2</t>
+  </si>
+  <si>
+    <t>Moms af varekøb i udlandet (både EU og lande uden for EU) og Købsmoms (indgående moms - omsætningsfordeling)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode  anvendes ved varekøb uden moms i lande udenfor EU, hvor den indkøbte vare både anvendes i forbindelse med de momspligtige og de momsfrie aktiviteter og hvor retten til fradrag for den afregnede importmoms skal opgøres efter pro rata satsen.
+</t>
+  </si>
+  <si>
+    <t>Varekøb, importmoms (% EU), Arealbaseret fradragsret fast ejendom</t>
+  </si>
+  <si>
+    <t>K-%EU-V-ArealFradrag</t>
+  </si>
+  <si>
+    <t>K-%EU-V-4</t>
+  </si>
+  <si>
+    <t>Moms af varekøb i udlandet (både EU og lande uden for EU) og Købsmoms (indgående moms - forholdsmæssig andel)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode  anvendes ved varekøb uden moms i lande udenfor EU, når købet vedrører opførelse, ombygning, reparation og vedligeholdelse af bygninger, når bygningen også omfatter lokaler der vedrører andre formål end virksomhedens momspligtige aktiviteter
+</t>
+  </si>
+  <si>
+    <t>Ydelseskøb, omvendt betalingspligt (% EU), fuldt fradragsberettiget (100%)</t>
+  </si>
+  <si>
+    <t>K-%EU-Y-Fradrag</t>
+  </si>
+  <si>
+    <t>K-%EU-Y-1</t>
+  </si>
+  <si>
+    <t>Moms af ydelseskøb i udlandet med omvendt betalingspligt og Købsmoms (indgående moms)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved ydelseskøb uden moms i lande udenfor EU, hvor virksomheden har fuldt fradrag for den beregnede tmoms.
+</t>
+  </si>
+  <si>
+    <t>Ydelseskøb, omvendt betalingspligt (% EU), skønsmæssigt fradrag</t>
+  </si>
+  <si>
+    <t>K-%EU-DK-Y-SkønsmæssigFradrag</t>
+  </si>
+  <si>
+    <t>K-%EU-Y-3</t>
+  </si>
+  <si>
+    <t>Moms af ydelseskøb i udlandet med omvendt betalingspligt og Købsmoms (indgående moms - skønsmæssig andel)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode  anvendes ved ydelseskøb uden moms i lande udenfor EU, hvor den indkøbte ydelse både anvendes i forbindelse med de momspligtige aktiviteter og til formål der er virksomheden uvedkommende og hvor retten til fradrag for den beregnede moms skal opgøres efter et skøn over den faktiske anvendelse.
+</t>
+  </si>
+  <si>
+    <t>Ydelseskøb, omvendt betalingspligt (% EU), ingen fradrag</t>
+  </si>
+  <si>
+    <t>K-%EU-Y-IngenFradrag</t>
+  </si>
+  <si>
+    <t>K-%EU-Y-0</t>
+  </si>
+  <si>
+    <t>Moms af ydelseskøb i udlandet med omvendt betalingspligt</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode  anvendes ved ydelseskøb uden moms i lande udenfor EU, hvor virksomheden ikke har adgang til fradrag for den beregnede moms, f.eks. fordi de indkøbte ydelser ikke anvendes i forbindelse med virksomhedens momspligtige aktiviteter.
+</t>
+  </si>
+  <si>
+    <t>Ydelseskøb, omvendt betalingspligt (% EU), Delvis fradrag</t>
+  </si>
+  <si>
+    <t>K-%EU-Y-DelvisFradrag</t>
+  </si>
+  <si>
+    <t>K-%EU-Y-2</t>
+  </si>
+  <si>
+    <t>Moms af ydelseskøb i udlandet med omvendt betalingspligt og Købsmoms (indgående moms - omsætningsfordeling)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode  anvendes ved ydelseskøb uden moms i lande udenfor EU, hvor den indkøbte ydelse både anvendes i forbindelse med de momspligtige og de momsfrie aktiviteter og hvor retten til fradrag for den beregnede moms skal opgøres efter pro rata satsen.
+</t>
+  </si>
+  <si>
+    <t>Ydelseskøb, omvendt betalingspligt (% EU), Arealbaseret fradragsret fast ejendom</t>
+  </si>
+  <si>
+    <t>K-%EU-Y-ArealFradrag</t>
+  </si>
+  <si>
+    <t>K-%EU-Y-4</t>
+  </si>
+  <si>
+    <t>Moms af ydelseskøb i udlandet med omvendt betalingspligt og Købsmoms (indgående moms - forholdsmæssig andel)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode  anvendes ved ydelseskøb uden moms i lande udenfor EU, når købet vedrører opførelse, ombygning, reparation og vedligeholdelse af bygninger, når bygningen også omfatter lokaler der vedrører andre formål end virksomhedens momspligtige aktiviteter
+</t>
+  </si>
+  <si>
+    <t>Kontonr.</t>
+  </si>
+  <si>
+    <t>Overskrift/Sum</t>
+  </si>
+  <si>
+    <t>Kontoforklaring</t>
+  </si>
+  <si>
+    <t>RESULTATOPGØRELSE</t>
+  </si>
+  <si>
+    <t>Nettoomsætning</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Salg af varer og ydelser </t>
+  </si>
+  <si>
+    <t>Salg af varer udland, EU</t>
+  </si>
+  <si>
+    <t>Salg af varer udland, ikke-EU</t>
+  </si>
+  <si>
+    <t>Salg af ydelser udland, EU</t>
+  </si>
+  <si>
+    <t>Salg af ydelser udland, ikke-EU</t>
+  </si>
+  <si>
+    <t>Salgsrabatter</t>
+  </si>
+  <si>
+    <t>Salgsfragt</t>
+  </si>
+  <si>
+    <t>Regulering igangværende arbejder</t>
+  </si>
+  <si>
+    <t>Sum 1010-1389</t>
+  </si>
+  <si>
+    <t>Ændring i lagre af færdigvarer og varer under fremstilling</t>
+  </si>
+  <si>
+    <t>Varelagerregulering på lagre af færdigvarer og varer under fremstilling</t>
+  </si>
+  <si>
+    <t>Nedskrivning på lagre af færdigvarer og varer under fremstilling</t>
+  </si>
+  <si>
+    <t>Andel af nedskrivning på lagre af færdigvarer og varer under fremstilling (ej fradragsberettiget skattemæssigt)</t>
+  </si>
+  <si>
+    <t>Øvrige ændringer på lagre af færdigvarer og varer under fremstilling</t>
+  </si>
+  <si>
+    <t>Sum 1410-1489</t>
+  </si>
+  <si>
+    <t>Arbejde udført for egen regning og opført under aktiver</t>
+  </si>
+  <si>
+    <t>Sum 1496-1499</t>
+  </si>
+  <si>
+    <t>Andre driftsindtægter</t>
+  </si>
+  <si>
+    <t>Gevinst ved salg af immaterielle anlægsaktiver</t>
+  </si>
+  <si>
+    <t>Gevinst ved salg af materielle anlægsaktiver</t>
+  </si>
+  <si>
+    <t>Offentlige tilskud</t>
+  </si>
+  <si>
+    <t>Øvrige andre driftsindtægter</t>
+  </si>
+  <si>
+    <t>Sum 1510-1589</t>
+  </si>
+  <si>
+    <t>Eksterne omkostninger</t>
+  </si>
+  <si>
+    <t>Omkostninger til råvarer og hjælpematerialer</t>
+  </si>
+  <si>
+    <t>Varekøb</t>
+  </si>
+  <si>
+    <t>Varekøb udland, EU</t>
+  </si>
+  <si>
+    <t>Varekøb udland, ikke-EU</t>
+  </si>
+  <si>
+    <t>Ydelseskøb</t>
+  </si>
+  <si>
+    <t>Ydelseskøb udland, EU</t>
+  </si>
+  <si>
+    <t>Ydelseskøb, udland, ikke-EU</t>
+  </si>
+  <si>
+    <t>Underleverandører (varer/ydelser leveret til kunder)</t>
+  </si>
+  <si>
+    <t>Fragtomkostninger</t>
+  </si>
+  <si>
+    <t>Varelagerregulering på lagre af råvarer og hjælpematerialer</t>
+  </si>
+  <si>
+    <t>Nedskrivning på varelager</t>
+  </si>
+  <si>
+    <t>Øvrige produktionsomkostninger</t>
+  </si>
+  <si>
+    <t>Andel af nedskrivning på varelager (ej fradragsberettiget skattemæssigt)</t>
+  </si>
+  <si>
+    <t>Værdi af eget vareforbrug (kun klasse A)</t>
+  </si>
+  <si>
+    <t>Sum 1610-1809</t>
+  </si>
+  <si>
+    <t>Andre eksterne omkostninger</t>
+  </si>
+  <si>
+    <t>Salgsomkostninger</t>
+  </si>
+  <si>
+    <t>Annoncering og reklame</t>
+  </si>
+  <si>
+    <t>Udstillinger og dekoration</t>
+  </si>
+  <si>
+    <t>Repræsentationsomkostninger, skattemæssigt begrænset fradrag</t>
+  </si>
+  <si>
+    <t>Repræsentationsomkostninger, fuld fradragsret skattemæssigt</t>
+  </si>
+  <si>
+    <t>Andre salgsomkostninger</t>
+  </si>
+  <si>
+    <t>Gaver og blomster</t>
+  </si>
+  <si>
+    <t>Rejseomkostninger (salgsomkostning)</t>
+  </si>
+  <si>
+    <t>Sum 1830-2009</t>
+  </si>
+  <si>
+    <t>Lokaleomkostninger</t>
+  </si>
+  <si>
+    <t>Husleje</t>
+  </si>
+  <si>
+    <t>El</t>
+  </si>
+  <si>
+    <t>Elafgift</t>
+  </si>
+  <si>
+    <t>Vand</t>
+  </si>
+  <si>
+    <t>Varme</t>
+  </si>
+  <si>
+    <t>Privat andel el, vand og varme (kun klasse A)</t>
+  </si>
+  <si>
+    <t>Vandafgift</t>
+  </si>
+  <si>
+    <t>Olie- og flaskegasafgift</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kulafgift </t>
+  </si>
+  <si>
+    <t>Naturgas- og bygasafgift</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Co2-afgift </t>
+  </si>
+  <si>
+    <t>Øvrige afgifter</t>
+  </si>
+  <si>
+    <t>Rengøring og renovation (affaldshåndtering)</t>
+  </si>
+  <si>
+    <t>Reparation og vedligeholdelse</t>
+  </si>
+  <si>
+    <t>Reparation og vedligeholdelse, ejendom skattemæssigt afskrivningsberettiget, bygning 1</t>
+  </si>
+  <si>
+    <t>Forsikringer til lokaler og bygninger</t>
+  </si>
+  <si>
+    <t>Ejendomsskatter</t>
+  </si>
+  <si>
+    <t>Andre lokaleomkostninger</t>
+  </si>
+  <si>
+    <t>Sum 2030-2209</t>
+  </si>
+  <si>
+    <t>Administrationsomkostninger</t>
+  </si>
+  <si>
+    <t>Småanskaffelser under skattemæssig grænse for småaktiver</t>
+  </si>
+  <si>
+    <t>Småanskaffelser over skattemæssig grænse for småaktiver</t>
+  </si>
+  <si>
+    <t>Forskningsomkostninger</t>
+  </si>
+  <si>
+    <t>Udviklingsomkostninger</t>
+  </si>
+  <si>
+    <t>Andel af forskningsomkostninger (berettiget til forhøjet skattemæssigt fradrag)</t>
+  </si>
+  <si>
+    <t>Andel af udviklingsomkostninger (berettiget til forhøjet skattemæssigt fradrag)</t>
+  </si>
+  <si>
+    <t>Tab på tilgodehavender fra salg og tjenesteydelser</t>
+  </si>
+  <si>
+    <t>Regulering af nedskrivning på tilgodehavender fra salg og tjenesteydelser</t>
+  </si>
+  <si>
+    <t>Andel af regulering af nedskrivning på tilgodehavender fra salg og tjenesteydelser  (ej fradragsberettiget skattemæssigt)</t>
+  </si>
+  <si>
+    <t>It-udstyr (hardware, software inkl. licenser og abonnementer)</t>
+  </si>
+  <si>
+    <t>Kantineomkostninger</t>
+  </si>
+  <si>
+    <t>Kontingenter</t>
+  </si>
+  <si>
+    <t>Aviser og blade</t>
+  </si>
+  <si>
+    <t>Faglitteratur</t>
+  </si>
+  <si>
+    <t>Porto og gebyrer</t>
+  </si>
+  <si>
+    <t>Telefon og internet mv. (kun virksomhed)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Privat andel / fri-telefon (kun klasse A) </t>
+  </si>
+  <si>
+    <t>Kontorartikler</t>
+  </si>
+  <si>
+    <t>Leje og operationelle leasingydelser (ekskl. husleje)</t>
+  </si>
+  <si>
+    <t>Rejseomkostninger (administrationsomkostning)</t>
+  </si>
+  <si>
+    <t>Vikarassistance</t>
+  </si>
+  <si>
+    <t>Konsulentydelser</t>
+  </si>
+  <si>
+    <t>Leasingomkostninger, personbiler</t>
+  </si>
+  <si>
+    <t>Driftsomkostninger, personbiler</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Leasingomkostninger, blandet benyttet personbil (kun klasse A) </t>
+  </si>
+  <si>
+    <t>Privat andel af biludgifter (kun klasse A)</t>
+  </si>
+  <si>
+    <t>Driftsomkostninger, varebiler</t>
+  </si>
+  <si>
+    <t>Leasingomkostninger, blandet benyttet varebil (kun klasse A)</t>
+  </si>
+  <si>
+    <t>Leasingomkostninger, varebiler</t>
+  </si>
+  <si>
+    <t>Privat andel af blandet benyttet varebil (kun klasse A)</t>
+  </si>
+  <si>
+    <t>Parkeringsomkostninger</t>
+  </si>
+  <si>
+    <t>Øvrige forsikringer</t>
+  </si>
+  <si>
+    <t>Offentlige gebyrer og bøder (ej fradragsberettiget skattemæssigt)</t>
+  </si>
+  <si>
+    <t>Revision og regnskabsmæssig assistance</t>
+  </si>
+  <si>
+    <t>Advokatmæssig assistance</t>
+  </si>
+  <si>
+    <t>Øvrige rådgivningshonorarer</t>
+  </si>
+  <si>
+    <t>Ej skattemæssigt fradragsberettigede rådgivningshonorarer</t>
+  </si>
+  <si>
+    <t>Administrationsvederlag/management fee</t>
+  </si>
+  <si>
+    <t>Øreafrunding/kassedifferencer</t>
+  </si>
+  <si>
+    <t>Sum 2230-2829</t>
+  </si>
+  <si>
+    <t>Sum 1830-2829</t>
+  </si>
+  <si>
+    <t>Sum 1610-2829</t>
+  </si>
+  <si>
+    <t>Sum 1010-2829</t>
+  </si>
+  <si>
+    <t>Bruttofortjeneste/Bruttotab</t>
+  </si>
+  <si>
+    <t>Personaleomkostninger</t>
+  </si>
+  <si>
+    <t>Lønninger</t>
+  </si>
+  <si>
+    <t>AM Bidragspligtig A-Indkomst</t>
+  </si>
+  <si>
+    <t>AM Bidragsfri A-Indkomst</t>
+  </si>
+  <si>
+    <t>B-honorar</t>
+  </si>
+  <si>
+    <t>Feriepenge og SH-tillæg</t>
+  </si>
+  <si>
+    <t>Ferietillæg</t>
+  </si>
+  <si>
+    <t>Feriepengeforpligtelse, regulering</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jubilæumsgratiale og fratrædelsesgodtgørelse </t>
+  </si>
+  <si>
+    <t>Bestyrelseshonorar</t>
+  </si>
+  <si>
+    <t>Lønrefusioner</t>
+  </si>
+  <si>
+    <t>Personalegoder</t>
+  </si>
+  <si>
+    <t>Fri bil</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Skattefri rejse- og befordringsgodtgørelse </t>
+  </si>
+  <si>
+    <t>Kursusudgifter</t>
+  </si>
+  <si>
+    <t>ATP, medarbejder</t>
+  </si>
+  <si>
+    <t>ATP, arbejdsgiver</t>
+  </si>
+  <si>
+    <t>Sum 2845-2900</t>
+  </si>
+  <si>
+    <t>Pensioner</t>
+  </si>
+  <si>
+    <t>Pensioner, arbejdsgiver</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vederlag til afløsning af pensionstilsagn </t>
+  </si>
+  <si>
+    <t>Øvrige pensionsomkostninger</t>
+  </si>
+  <si>
+    <t>Sum 2910-2925</t>
+  </si>
+  <si>
+    <t>Andre omkostninger til social sikring</t>
+  </si>
+  <si>
+    <t>Øvrige omkostninger til social sikring</t>
+  </si>
+  <si>
+    <t>Lønsumsafgift</t>
+  </si>
+  <si>
+    <t>Arbejdsskadeforsikringer</t>
+  </si>
+  <si>
+    <t>Sum 2930-2950</t>
+  </si>
+  <si>
+    <t>Sum 2845-2989</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Af- og nedskrivninger af materielle og immaterielle anlægsaktiver </t>
+  </si>
+  <si>
+    <t>Af- og nedskrivninger af erhvervede immaterielle anlægsaktiver</t>
+  </si>
+  <si>
+    <t>Af- og nedskrivninger af goodwill</t>
+  </si>
+  <si>
+    <t>Af- og nedskrivninger af grunde og bygninger</t>
+  </si>
+  <si>
+    <t>Af- og nedskrivninger af produktionsanlæg og maskiner</t>
+  </si>
+  <si>
+    <t>Af- og nedskrivninger af indretning af lejede lokaler</t>
+  </si>
+  <si>
+    <t>Af- og nedskrivninger af andre anlæg, driftsmateriel og inventar</t>
+  </si>
+  <si>
+    <t>Af- og nedskrivninger af software</t>
+  </si>
+  <si>
+    <t>Af- og nedskrivninger af finansielt leasede grunde og bygninger</t>
+  </si>
+  <si>
+    <t>Af- og nedskrivninger af finansielt leasede produktionsanlæg og maskiner</t>
+  </si>
+  <si>
+    <t>Af- og nedskrivninger af finansielt leasede andre anlæg, driftsmateriel og inventar</t>
+  </si>
+  <si>
+    <t>Privat andel af af- og nedskrivninger (kun klasse A)</t>
+  </si>
+  <si>
+    <t>Gevinst ved salg af andre anlæg, driftsmateriel og inventar blandet benyttet (kun klasse A)</t>
+  </si>
+  <si>
+    <t>Tab ved salg af andre anlæg, driftsmateriel og inventar blandet benyttet (kun klasse A)</t>
+  </si>
+  <si>
+    <t>Sum 3000-3099</t>
+  </si>
+  <si>
+    <t>Nedskrivning af omsætningsaktiver, som overstiger normale nedskrivninger</t>
+  </si>
+  <si>
+    <t>Sum 3130-3139</t>
+  </si>
+  <si>
+    <t>Andre driftsomkostninger</t>
+  </si>
+  <si>
+    <t>Tab ved salg af immaterielle anlægsaktiver</t>
+  </si>
+  <si>
+    <t>Tab ved salg af materielle anlægsaktiver</t>
+  </si>
+  <si>
+    <t>Øvrige andre driftsomkostninger</t>
+  </si>
+  <si>
+    <t>Sum 3160-3174</t>
+  </si>
+  <si>
+    <t>Dagsværdiregulering af investeringsejendomme</t>
+  </si>
+  <si>
+    <t>Værdireguleringer af investeringsejendomme</t>
+  </si>
+  <si>
+    <t>Sum 3181-3189</t>
+  </si>
+  <si>
+    <t>Indtægter af kapitalandele i tilknyttede og associerede virksomheder</t>
+  </si>
+  <si>
+    <t>Indtægter af kapitalandele i tilknyttede virksomheder</t>
+  </si>
+  <si>
+    <t>Modtagne udbytter fra tilknyttede virksomheder</t>
+  </si>
+  <si>
+    <t>Gevinst ved afhændelse af kapitalandele i tilknyttede virksomheder</t>
+  </si>
+  <si>
+    <t>Tab ved afhændelse af kapitalandele i tilknyttede virksomheder</t>
+  </si>
+  <si>
+    <t>Nedskrivning af kapitalandele i tilknyttede virksomheder</t>
+  </si>
+  <si>
+    <t>Tilbageførsel af nedskrivning af kapitalandele i tilknyttede virksomheder</t>
+  </si>
+  <si>
+    <t>Øvrige indtægter af kapitalandele i tilknyttede virksomheder</t>
+  </si>
+  <si>
+    <t>Sum 3193-3209</t>
+  </si>
+  <si>
+    <t>Indtægter af kapitalandele i associerede virksomheder</t>
+  </si>
+  <si>
+    <t>Modtagne udbytter fra associerede virksomheder</t>
+  </si>
+  <si>
+    <t>Gevinst ved afhændelse af kapitalandele i associerede virksomheder</t>
+  </si>
+  <si>
+    <t>Tab ved afhændelse af kapitalandele i associerede virksomheder</t>
+  </si>
+  <si>
+    <t>Nedskrivning af kapitalandele i associerede virksomheder</t>
+  </si>
+  <si>
+    <t>Tilbageførsel af nedskrivning af kapitalandele i associerede virksomheder</t>
+  </si>
+  <si>
+    <t>Øvrige indtægter af kapitalandele i associerede virksomheder</t>
+  </si>
+  <si>
+    <t>Sum 3211-3218</t>
+  </si>
+  <si>
+    <t>Indtægter af kapitalinteresser</t>
+  </si>
+  <si>
+    <t>Modtagne udbytter fra kapitalinteresser</t>
+  </si>
+  <si>
+    <t>Gevinst ved afhændelse af kapitalinteresser</t>
+  </si>
+  <si>
+    <t>Tab ved afhændelse af kapitalinteresser</t>
+  </si>
+  <si>
+    <t>Nedskrivning af kapitalinteresser</t>
+  </si>
+  <si>
+    <t>Tilbageførsel af nedskrivning af kapitalinteresser</t>
+  </si>
+  <si>
+    <t>Øvrige indtægter af kapitalinteresser</t>
+  </si>
+  <si>
+    <t>Sum 3221-3239</t>
+  </si>
+  <si>
+    <t>Sum 3193-3239</t>
+  </si>
+  <si>
+    <t>Resultatandele, der hidrører fra tilknyttede virksomheder</t>
+  </si>
+  <si>
+    <t>Sum 3252-3259</t>
+  </si>
+  <si>
+    <t>Resultatandele, der hidrører fra associerede virksomheder</t>
+  </si>
+  <si>
+    <t>Sum 3262-3269</t>
+  </si>
+  <si>
+    <t>Resultatandele, der hidrører fra kapitalinteresser</t>
+  </si>
+  <si>
+    <t>Sum 3272-3279</t>
+  </si>
+  <si>
+    <t>Indtægter af andre kapitalandele, værdipapirer og tilgodehavender, der er anlægsaktiver</t>
+  </si>
+  <si>
+    <t>Udbytte fra unoterede porteføljeaktier (bruttoudbytte)</t>
+  </si>
+  <si>
+    <t>Kursgevinster af andre kapitalandele, værdipapirer og tilgodehavender, der er anlægsaktiver</t>
+  </si>
+  <si>
+    <t>Renteindtægter af andre kapitalandele, værdipapirer og tilgodehavender, der er anlægsaktiver</t>
+  </si>
+  <si>
+    <t>Værdiregulering af andre kapitalandele og værdipaprer, der er anlægsaktiver</t>
+  </si>
+  <si>
+    <t>Øvrige indtægter af andre kapitalandele, værdipapirer og tilgodehavender, der er anlægsaktiver</t>
+  </si>
+  <si>
+    <t>Sum 3380-3409</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Andre finansielle indtægter fra tilknyttede virksomheder </t>
+  </si>
+  <si>
+    <t>Andre finansielle indtægter fra tilknyttede virksomheder</t>
+  </si>
+  <si>
+    <t>Renteindtægter fra tilknyttede virksomheder</t>
+  </si>
+  <si>
+    <t>Sum 3440-3449</t>
+  </si>
+  <si>
+    <t>Andre finansielle indtægter</t>
+  </si>
+  <si>
+    <t>Renter fra banker</t>
+  </si>
+  <si>
+    <t>Renter vedr. tilgodehavende fra salg af varer og tjenesteydelser</t>
+  </si>
+  <si>
+    <t>Rentetillæg mv. fra det offentlige (ej skattepligtig)</t>
+  </si>
+  <si>
+    <t>Øvrige finansielle indtægter</t>
+  </si>
+  <si>
+    <t>Valutakursregulering (gevinst)</t>
+  </si>
+  <si>
+    <t>Værdiregulering af børsnoterede værdipapirer, der er omsætningsaktiver</t>
+  </si>
+  <si>
+    <t>Værdiregulering af andre kapitalandele og værdipaprer, der er omsætningsaktiver</t>
+  </si>
+  <si>
+    <t>Sum 3470-3539</t>
+  </si>
+  <si>
+    <t>Nedskrivning af finansielle aktiver</t>
+  </si>
+  <si>
+    <t>Nedskrivning af finansielle anlægs- og omsætningsaktiver</t>
+  </si>
+  <si>
+    <t>Sum 3560-3569</t>
+  </si>
+  <si>
+    <t>Øvrige finansielle omkostninger</t>
+  </si>
+  <si>
+    <t>Finansielle omkostninger, der hidrører fra tilknyttede virksomheder</t>
+  </si>
+  <si>
+    <t>Valutakursreguleringer, udenlandske dattervirksomheder</t>
+  </si>
+  <si>
+    <t>Sum 3590-3599</t>
+  </si>
+  <si>
+    <t>Andre finansielle omkostninger</t>
+  </si>
+  <si>
+    <t>Valutakursregulering (tab)</t>
+  </si>
+  <si>
+    <t>Kurstab på likvider, bankgæld og prioritetsgæld</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Renter på finansiel leasinggæld </t>
+  </si>
+  <si>
+    <t>Renter vedr. leverandører af varer og tjenesteydelser</t>
+  </si>
+  <si>
+    <t>Renter til banker og realkreditinstitutter</t>
+  </si>
+  <si>
+    <t>Renter til det offentlige (ej fradragsberettiget skattemæssigt)</t>
+  </si>
+  <si>
+    <t>Sum 3610-3699</t>
+  </si>
+  <si>
+    <t>Sum 3590-3699</t>
+  </si>
+  <si>
+    <t>Sum 1010-3699</t>
+  </si>
+  <si>
+    <t>Resultat før skat</t>
+  </si>
+  <si>
+    <t>Skat af årets resultat</t>
+  </si>
+  <si>
+    <t>Årets skat (skat af årets skattepligtige indkomst)</t>
+  </si>
+  <si>
+    <t>Årets regulering af udskudt skat</t>
+  </si>
+  <si>
+    <t>Regulering af skat vedrørende tidligere år</t>
+  </si>
+  <si>
+    <t>Sum 3740-3789</t>
+  </si>
+  <si>
+    <t>Andre skatter</t>
+  </si>
+  <si>
+    <t>Sum 3810-3819</t>
+  </si>
+  <si>
+    <t>Sum 1010-3819</t>
+  </si>
+  <si>
+    <t>Årets resultat</t>
+  </si>
+  <si>
+    <t>BALANCE</t>
+  </si>
+  <si>
+    <t>AKTIVER</t>
+  </si>
+  <si>
+    <t>Anlægsaktiver</t>
+  </si>
+  <si>
+    <t>Immaterielle anlægsaktiver</t>
+  </si>
+  <si>
+    <t>Færdiggjort udviklingsprojekter, herunder patenter og lignende rettigheder, der stammer fra udviklingsprojekter</t>
+  </si>
+  <si>
+    <t>Færdiggjort udviklingsprojekter, herunder patenter og lignende rettigheder, der stammer fra udviklingsprojekter, Kostpris primo</t>
+  </si>
+  <si>
+    <t>Færdiggjort udviklingsprojekter, herunder patenter og lignende rettigheder, der stammer fra udviklingsprojekter, Årets tilgange</t>
+  </si>
+  <si>
+    <t>Færdiggjort udviklingsprojekter, herunder patenter og lignende rettigheder, der stammer fra udviklingsprojekter, Årets afgange</t>
+  </si>
+  <si>
+    <t>Færdiggjort udviklingsprojekter, herunder patenter og lignende rettigheder, der stammer fra udviklingsprojekter, Intern overførsel til/fra andre poster</t>
+  </si>
+  <si>
+    <t>Færdiggjort udviklingsprojekter, herunder patenter og lignende rettigheder, der stammer fra udviklingsprojekter, opskrivninger primo</t>
+  </si>
+  <si>
+    <t>Færdiggjort udviklingsprojekter, herunder patenter og lignende rettigheder, der stammer fra udviklingsprojekter, Årets opskrivninger</t>
+  </si>
+  <si>
+    <t>Færdiggjort udviklingsprojekter, herunder patenter og lignende rettigheder, der stammer fra udviklingsprojekter, årets tilbageførsler af tidligere års opskrivninger</t>
+  </si>
+  <si>
+    <t>Færdiggjort udviklingsprojekter, herunder patenter og lignende rettigheder, der stammer fra udviklingsprojekter, Af- og nedskrivninger primo</t>
+  </si>
+  <si>
+    <t>Færdiggjort udviklingsprojekter, herunder patenter og lignende rettigheder, der stammer fra udviklingsprojekter, Årets af- og nedskrivninger</t>
+  </si>
+  <si>
+    <t>Færdiggjort udviklingsprojekter, herunder patenter og lignende rettigheder, der stammer fra udviklingsprojekter, Tilbageførte af- og nedskrivninger</t>
+  </si>
+  <si>
+    <t>Sum 5010-5039</t>
+  </si>
+  <si>
+    <t>Erhvervede immaterielle anlægsaktiver</t>
+  </si>
+  <si>
+    <t>Erhvervede immaterielle anlægsaktiver, kostpris primo</t>
+  </si>
+  <si>
+    <t>Erhvervede immaterielle anlægsaktiver, årets tilgange</t>
+  </si>
+  <si>
+    <t>Erhvervede immaterielle anlægsaktiver, årets afgange</t>
+  </si>
+  <si>
+    <t>Erhvervede immaterielle anlægsaktiver, Opskrivninger primo</t>
+  </si>
+  <si>
+    <t>Erhvervede immaterielle anlægsaktiver, Årets opskrivninger</t>
+  </si>
+  <si>
+    <t>Erhvervede immaterielle anlægsaktiver, Tilbageførte opskrivninger fra tidligere år</t>
+  </si>
+  <si>
+    <t>Erhvervede immaterielle anlægsaktiver, Af- og nedskrivninger primo</t>
+  </si>
+  <si>
+    <t>Erhvervede immaterielle anlægsaktiver, årets af- og nedskrivninger</t>
+  </si>
+  <si>
+    <t>Erhvervede immaterielle anlægsaktiver, tilbageførte af- og nedskrivninger</t>
+  </si>
+  <si>
+    <t>Sum 5042-5059</t>
+  </si>
+  <si>
+    <t>Goodwill</t>
+  </si>
+  <si>
+    <t>Goodwill, kostpris primo</t>
+  </si>
+  <si>
+    <t>Goodwill, årets tilgange</t>
+  </si>
+  <si>
+    <t>Goodwill, årets afgange</t>
+  </si>
+  <si>
+    <t>Goodwill, af- og nedskrivninger primo</t>
+  </si>
+  <si>
+    <t>Goodwill, årets af- og nedskrivninger</t>
+  </si>
+  <si>
+    <t>Goodwill, tilbageførte afskrivninger</t>
+  </si>
+  <si>
+    <t>Sum 5062-5078</t>
+  </si>
+  <si>
+    <t>Udviklingsprojekter under udførelse og forudbetalinger for immaterielle anlægsaktiver</t>
+  </si>
+  <si>
+    <t>Udviklingsprojekter under udførelse og forudbetalinger for immaterielle anlægsaktiver, Kostpris primo</t>
+  </si>
+  <si>
+    <t>Udviklingsprojekter under udførelse og forudbetalinger for immaterielle anlægsaktiver, Årets tilgange</t>
+  </si>
+  <si>
+    <t>Udviklingsprojekter under udførelse og forudbetalinger for immaterielle anlægsaktiver, Årets afgange</t>
+  </si>
+  <si>
+    <t>Udviklingsprojekter under udførelse og forudbetalinger for immaterielle anlægsaktiver, Intern overførsel til/fra andre poster</t>
+  </si>
+  <si>
+    <t>Udviklingsprojekter under udførelse og forudbetalinger for immaterielle anlægsaktiver, Af- og nedskrivninger primo</t>
+  </si>
+  <si>
+    <t>Udviklingsprojekter under udførelse og forudbetalinger for immaterielle anlægsaktiver, Årets af- og nedskrivninger</t>
+  </si>
+  <si>
+    <t>Udviklingsprojekter under udførelse og forudbetalinger for immaterielle anlægsaktiver, Tilbageførte af- og nedskrivninger</t>
+  </si>
+  <si>
+    <t>Sum 5085-5119</t>
+  </si>
+  <si>
+    <t>Sum 5010-5139</t>
+  </si>
+  <si>
+    <t>Materielle anlægsaktiver</t>
+  </si>
+  <si>
+    <t>Investeringsejendomme</t>
+  </si>
+  <si>
+    <t>Investeringsejendomme, kostpris primo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Investeringsejendomme, årets tilgange </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Investeringsejendomme, årets afgange </t>
+  </si>
+  <si>
+    <t>Investeringsejendomme, intern overførsel til/fra andre poster</t>
+  </si>
+  <si>
+    <t>Investeringsejendomme, årets forbedringer</t>
+  </si>
+  <si>
+    <t>Investeringsejendomme, værdireguleringer primo</t>
+  </si>
+  <si>
+    <t>Investeringsejendomme, årets værdireguleringer</t>
+  </si>
+  <si>
+    <t>Investeringsejendomme, Af- og nedskrivninger primo</t>
+  </si>
+  <si>
+    <t>Investeringsejendomme, årets af- og nedskrivninger</t>
+  </si>
+  <si>
+    <t>Investeringsejendomme, tilbageførte af- og nedskrivninger</t>
+  </si>
+  <si>
+    <t>Sum 5160-5229</t>
+  </si>
+  <si>
+    <t>Investeringsejendomme under opførelse</t>
+  </si>
+  <si>
+    <t>Investeringsejendomme under opførelse, kostpris primo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Investeringsejendomme under opførelse, årets tilgange </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Investeringsejendomme under opførelse, årets afgange </t>
+  </si>
+  <si>
+    <t>Investeringsejendomme under opførelse, øvrige værdireguleringer primo</t>
+  </si>
+  <si>
+    <t>Investeringsejendomme under opførelse, årets værdireguleringer</t>
+  </si>
+  <si>
+    <t>Investeringsejendomme under opførelse, nedskrivninger, primo</t>
+  </si>
+  <si>
+    <t>Investeringsejendomme under opførelse, årets nedskrivninger</t>
+  </si>
+  <si>
+    <t>Investeringsejendomme under opførelse, tilbageførte nedskrivninger</t>
+  </si>
+  <si>
+    <t>Sum 5240-5309</t>
+  </si>
+  <si>
+    <t>Grunde og bygninger</t>
+  </si>
+  <si>
+    <t>Grunde og bygninger, kostpris primo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grunde og bygninger, årets tilgange </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grunde og bygninger, årets afgange </t>
+  </si>
+  <si>
+    <t>Grunde og bygninger, årets forbedringer</t>
+  </si>
+  <si>
+    <t>Grunde og bygninger, værdireguleringer primo</t>
+  </si>
+  <si>
+    <t>Grunde og bygninger, årets værdireguleringer</t>
+  </si>
+  <si>
+    <t>Grunde og bygninger, Af- og nedskrivninger primo</t>
+  </si>
+  <si>
+    <t>Grunde og bygninger, årets af- og nedskrivninger</t>
+  </si>
+  <si>
+    <t>Grunde og bygninger, tilbageførte af- og nedskrivninger</t>
+  </si>
+  <si>
+    <t>Sum 5320-5409</t>
+  </si>
+  <si>
+    <t>Produktionsanlæg og maskiner</t>
+  </si>
+  <si>
+    <t>Produktionsanlæg og maskiner, kostpris primo</t>
+  </si>
+  <si>
+    <t>Produktionsanlæg og maskiner, årets tilgange</t>
+  </si>
+  <si>
+    <t>Produktionsanlæg og maskiner, årets afgange</t>
+  </si>
+  <si>
+    <t>Produktionsanlæg og maskiner, Værdireguleringer primo</t>
+  </si>
+  <si>
+    <t>Produktionsanlæg og maskiner, Årets værdireguleringer</t>
+  </si>
+  <si>
+    <t>Produktionsanlæg og maskiner, Af- og nedskrivninger primo</t>
+  </si>
+  <si>
+    <t>Produktionsanlæg og maskiner, årets af- og nedskrivninger</t>
+  </si>
+  <si>
+    <t>Produktionsanlæg og maskiner, tilbageførte af- og nedskrivninger</t>
+  </si>
+  <si>
+    <t>Sum 5420-5489</t>
+  </si>
+  <si>
+    <t>Indretning af lejede lokaler</t>
+  </si>
+  <si>
+    <t>Indretning af lejede lokaler, kostpris primo</t>
+  </si>
+  <si>
+    <t>Indretning af lejede lokaler, årets tilgange</t>
+  </si>
+  <si>
+    <t>Indretning af lejede lokaler, årets afgange</t>
+  </si>
+  <si>
+    <t>Indretning af lejede lokaler, Værdireguleringer primo</t>
+  </si>
+  <si>
+    <t>Indretning af lejede lokaler, Årets værdireguleringer</t>
+  </si>
+  <si>
+    <t>Indretning af lejede lokaler, Af- og nedskrivninger primo</t>
+  </si>
+  <si>
+    <t>Indretning af lejede lokaler, årets af- og nedskrivninger</t>
+  </si>
+  <si>
+    <t>Indretning af lejede lokaler, tilbageførte af- og nedskrivninger</t>
+  </si>
+  <si>
+    <t>Sum 5500-5559</t>
+  </si>
+  <si>
+    <t>Andre anlæg, driftsmateriel og inventar</t>
+  </si>
+  <si>
+    <t>Andre anlæg, driftsmateriel og inventar, kostpris primo</t>
+  </si>
+  <si>
+    <t>Andre anlæg, driftsmateriel og inventar, årets tilgange</t>
+  </si>
+  <si>
+    <t>Andre anlæg, driftsmateriel og inventar, årets afgange</t>
+  </si>
+  <si>
+    <t>Andre anlæg, driftsmateriel og inventar, Værdireguleringer primo</t>
+  </si>
+  <si>
+    <t>Andre anlæg, driftsmateriel og inventar, Årets værdireguleringer</t>
+  </si>
+  <si>
+    <t>Andre anlæg, driftsmateriel og inventar, Af- og nedskrivninger primo</t>
+  </si>
+  <si>
+    <t>Andre anlæg, driftsmateriel og inventar, årets af- og nedskrivninger</t>
+  </si>
+  <si>
+    <t>Andre anlæg, driftsmateriel og inventar, tilbageførte af- og nedskrivninger</t>
+  </si>
+  <si>
+    <t>Sum 5570-5629</t>
+  </si>
+  <si>
+    <t>Materielle anlægsaktiver under udførelse og forudbetalinger for materielle anlægsaktiver</t>
+  </si>
+  <si>
+    <t>Materielle anlægsaktiver under udførelse og forudbetalinger for materielle anlægsaktiver, kostpris primo</t>
+  </si>
+  <si>
+    <t>Materielle anlægsaktiver under udførelse og forudbetalinger for materielle anlægsaktiver, årets tilgange</t>
+  </si>
+  <si>
+    <t>Materielle anlægsaktiver under udførelse og forudbetalinger for materielle anlægsaktiver, årets afgange</t>
+  </si>
+  <si>
+    <t>Materielle anlægsaktiver under udførelse og forudbetalinger for materielle anlægsaktiver, værdireguleringer primo</t>
+  </si>
+  <si>
+    <t>Materielle anlægsaktiver under udførelse og forudbetalinger for materielle anlægsaktiver, årets værdireguleringer</t>
+  </si>
+  <si>
+    <t>Materielle anlægsaktiver under udførelse og forudbetalinger for materielle anlægsaktiver, nedskrivninger primo</t>
+  </si>
+  <si>
+    <t>Materielle anlægsaktiver under udførelse og forudbetalinger for materielle anlægsaktiver, årets nedskrivninger</t>
+  </si>
+  <si>
+    <t>Materielle anlægsaktiver under udførelse og forudbetalinger for materielle anlægsaktiver, tilbageførte nedskrivninger</t>
+  </si>
+  <si>
+    <t>Sum 5640-5679</t>
+  </si>
+  <si>
+    <t>Andre anlæg, driftsmateriel og inventar blandet benyttet (kun klasse A)</t>
+  </si>
+  <si>
+    <t>Andre anlæg, driftsmateriel og inventar blandet benyttet, kostpris primo (kun klasse A)</t>
+  </si>
+  <si>
+    <t>Andre anlæg, driftsmateriel og inventar blandet benyttet, Årets tilgange (kun klasse A)</t>
+  </si>
+  <si>
+    <t>Andre anlæg, driftsmateriel og inventar blandet benyttet, Årets afgange (kun klasse A)</t>
+  </si>
+  <si>
+    <t>Andre anlæg, driftsmateriel og inventar blandet benyttet, Værdireguleringer primo (kun klasse A)</t>
+  </si>
+  <si>
+    <t>Andre anlæg, driftsmateriel og inventar blandet benyttet, Årets værdireguleringer (kun klasse A)</t>
+  </si>
+  <si>
+    <t>Andre anlæg, driftsmateriel og inventar blandet benyttet, Af- og nedskrivninger primo (kun klasse A)</t>
+  </si>
+  <si>
+    <t>Andre anlæg, driftsmateriel og inventar blandet benyttet, Årets af- og nedskrivninger (kun klasse A)</t>
+  </si>
+  <si>
+    <t>Andre anlæg, driftsmateriel og inventar blandet benyttet, tilbageførte af- og nedskrivninger (kun klasse A)</t>
+  </si>
+  <si>
+    <t>Andre anlæg, driftsmateriel og inventar blandet benyttet, Gevinst og tab (kun klasse A)</t>
+  </si>
+  <si>
+    <t>Sum 5682-5694</t>
+  </si>
+  <si>
+    <t>Finansielt leasede aktiver</t>
+  </si>
+  <si>
+    <t>Finansielt leasede aktiver, Kostpris primo</t>
+  </si>
+  <si>
+    <t>Finansielt leasede aktiver, årets tilgange</t>
+  </si>
+  <si>
+    <t>Finansielt leasede aktiver, årets afgange</t>
+  </si>
+  <si>
+    <t>Finansielt leasede aktiver, værdireguleringer primo</t>
+  </si>
+  <si>
+    <t>Finansielt leasede aktiver, årets værdireguleringer</t>
+  </si>
+  <si>
+    <t>Finansielt leasede aktiver, af- og nedskrivninger primo</t>
+  </si>
+  <si>
+    <t>Finansielt leasede aktiver, årets af- og nedskrivninger</t>
+  </si>
+  <si>
+    <t>Finansielt leasede aktiver, tilbageførte af- og nedskrivninger</t>
+  </si>
+  <si>
+    <t>Sum 5710-5769</t>
+  </si>
+  <si>
+    <t>Sum 5160-5769</t>
+  </si>
+  <si>
+    <t>Finansielle anlægsaktiver</t>
+  </si>
+  <si>
+    <t>Kapitalandele i tilknyttede virksomheder</t>
+  </si>
+  <si>
+    <t>Kapitalandele i tilknyttede virksomheder, kostpris primo</t>
+  </si>
+  <si>
+    <t>Kapitalandele i tilknyttede virksomheder, årets tilgange</t>
+  </si>
+  <si>
+    <t>Kapitalandele i tilknyttede virksomheder, årets afgange</t>
+  </si>
+  <si>
+    <t>Kapitalandele i tilknyttede virksomheder, intern overførsel til/fra andre poster</t>
+  </si>
+  <si>
+    <t>Kapitalandele i tilknyttede virksomheder, opskrivninger primo</t>
+  </si>
+  <si>
+    <t>Kapitalandele i tilknyttede virksomheder, årets opskrivninger</t>
+  </si>
+  <si>
+    <t>Kapitalandele i tilknyttede virksomheder, årets tilbageførsler af tidligere års opskrivninger</t>
+  </si>
+  <si>
+    <t>Kapitalandele i tilknyttede virksomheder, nedskrivninger primo</t>
+  </si>
+  <si>
+    <t>Kapitalandele i tilknyttede virksomheder, årets nedskrivninger</t>
+  </si>
+  <si>
+    <t>Kapitalandele i tilknyttede virksomheder, årets tilbageførsler af tidligere års nedskrivninger</t>
+  </si>
+  <si>
+    <t>Sum 5800-5839</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos tilknyttede virksomheder (anlægsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos tilknyttede virksomheder, nedskrivninger primo (anlægsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos tilknyttede virksomheder, nedskrivninger i årets løb (anlægsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos tilknyttede virksomheder, tilbageførsel af tidligere års nedskrivninger (anlægsaktiv)</t>
+  </si>
+  <si>
+    <t>Sum 5842-5849</t>
+  </si>
+  <si>
+    <t>Kapitalandele i associerede virksomheder</t>
+  </si>
+  <si>
+    <t>Kapitalandele i associerede virksomheder, kostpris primo</t>
+  </si>
+  <si>
+    <t>Kapitalandele i associerede virksomheder, årets tilgange</t>
+  </si>
+  <si>
+    <t>Kapitalandele i associerede virksomheder, årets afgange</t>
+  </si>
+  <si>
+    <t>Kapitalandele i associerede virksomheder, intern overførsel til/fra andre poster</t>
+  </si>
+  <si>
+    <t>Kapitalandele i associerede virksomheder, opskrivninger primo</t>
+  </si>
+  <si>
+    <t>Kapitalandele i associerede virksomheder, årets opskrivninger</t>
+  </si>
+  <si>
+    <t>Kapitalandele i associerede virksomheder, årets tilbageførsler af tidligere års opskrivninger</t>
+  </si>
+  <si>
+    <t>Kapitalandele i associerede virksomheder, nedskrivninger primo</t>
+  </si>
+  <si>
+    <t>Kapitalandele i associerede virksomheder, årets nedskrivninger</t>
+  </si>
+  <si>
+    <t>Kapitalandele i associerede virksomheder, årets tilbageførsler af tidligere års nedskrivninger</t>
+  </si>
+  <si>
+    <t>Sum 5852-5879</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos associerede virksomheder (anlægsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos associerede virksomheder, nedskrivninger primo (anlægsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos associerede virksomheder, nedskrivninger i årets løb (anlægsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos associerede virksomheder, tilbageførsel af tidligere års nedskrivninger (anlægsaktiv)</t>
+  </si>
+  <si>
+    <t>Sum 5882-5889</t>
+  </si>
+  <si>
+    <t>Kapitalinteresser</t>
+  </si>
+  <si>
+    <t>Kapitalinteresser, intern overførsel til/fra andre poster</t>
+  </si>
+  <si>
+    <t>Kapitalinteresser, opskrivninger primo</t>
+  </si>
+  <si>
+    <t>Kapitalinteresser, årets opskrivninger</t>
+  </si>
+  <si>
+    <t>Kapitalinteresser, årets tilbageførsler af tidligere års opskrivninger</t>
+  </si>
+  <si>
+    <t>Kapitalinteresser, nedskrivninger primo</t>
+  </si>
+  <si>
+    <t>Sum 5900-5959</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos kapitalinteresser (anlægsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos kapitalinteresser, nedskrivninger primo (anlægsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos kapitalinteresser, nedskrivninger i årets løb (anlægsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos kapitalinteresser, tilbageførsel af tidligere års nedskrivninger (anlægsaktiv)</t>
+  </si>
+  <si>
+    <t>Sum 5970-5989</t>
+  </si>
+  <si>
+    <t>Andre værdipapirer og kapitalandele</t>
+  </si>
+  <si>
+    <t>Sum 6000-6009</t>
+  </si>
+  <si>
+    <t>Andre tilgodehavender (anlægsaktiv)</t>
+  </si>
+  <si>
+    <t>Udskudte skatteaktiver (anlægsaktiv)</t>
+  </si>
+  <si>
+    <t>Øvrige tilgodehavender (anlægsaktiv)</t>
+  </si>
+  <si>
+    <t>Deposita (anlægsaktiv)</t>
+  </si>
+  <si>
+    <t>Sum 6020-6049</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos virksomhedsdeltagere og ledelse (anlægsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos direktionen (anlægsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos bestyrelsen (anlægsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos tilsynsråd (anlægsaktiv)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tilgodehavender hos repræsentantskab (anlægsaktiv) </t>
+  </si>
+  <si>
+    <t>Sum 6060-6069</t>
+  </si>
+  <si>
+    <t>Sum 5800-6069</t>
+  </si>
+  <si>
+    <t>Sum 5010-6069</t>
+  </si>
+  <si>
+    <t>Anlægsaktiver i alt</t>
+  </si>
+  <si>
+    <t>Omsætningsaktiver</t>
+  </si>
+  <si>
+    <t>Varebeholdninger</t>
+  </si>
+  <si>
+    <t>Råvarer og hjælpematerialer</t>
+  </si>
+  <si>
+    <t>Råvarer og hjælpematerialer, kostpris primo</t>
+  </si>
+  <si>
+    <t>Råvarer og hjælpematerialer, årets tilgange</t>
+  </si>
+  <si>
+    <t>Råvarer og hjælpematerialer, årets afgange</t>
+  </si>
+  <si>
+    <t>Råvarer og hjælpematerialer, intern overførsel til/fra andre poster</t>
+  </si>
+  <si>
+    <t>Råvarer og hjælpematerialer, nedskrivninger primo</t>
+  </si>
+  <si>
+    <t>Råvarer og hjælpematerialer, årets nedskrivning</t>
+  </si>
+  <si>
+    <t>Råvarer og hjælpematerialer, tilbageførsel af tidligere års nedskrivninger</t>
+  </si>
+  <si>
+    <t>Sum 6080-6099</t>
+  </si>
+  <si>
+    <t>Varer under fremstilling</t>
+  </si>
+  <si>
+    <t>Varer under fremstilling, kostpris primo</t>
+  </si>
+  <si>
+    <t>Varer under fremstilling, årets tilgange</t>
+  </si>
+  <si>
+    <t>Varer under fremstilling, årets afgange</t>
+  </si>
+  <si>
+    <t>Varer under fremstilling, intern overførsel til/fra andre poster</t>
+  </si>
+  <si>
+    <t>Varer under fremstilling, nedskrivninger primo</t>
+  </si>
+  <si>
+    <t>Varer under fremstilling, årets nedskrivning</t>
+  </si>
+  <si>
+    <t>Varer under fremstilling, tilbageførsel af tidligere års nedskrivninger</t>
+  </si>
+  <si>
+    <t>Sum 6110-6129</t>
+  </si>
+  <si>
+    <t>Fremstillede varer og handelsvarer</t>
+  </si>
+  <si>
+    <t>Fremstillede varer og handelsvarer, kostpris primo</t>
+  </si>
+  <si>
+    <t>Fremstillede varer og handelsvarer, årets tilgange</t>
+  </si>
+  <si>
+    <t>Fremstillede varer og handelsvarer, årets afgange</t>
+  </si>
+  <si>
+    <t>Fremstillede varer og handelsvarer, intern overførsel til/fra andre poster</t>
+  </si>
+  <si>
+    <t>Fremstillede varer og handelsvarer, nedskrivninger primo</t>
+  </si>
+  <si>
+    <t>Fremstillede varer og handelsvarer, årets nedskrivning</t>
+  </si>
+  <si>
+    <t>Fremstillede varer og handelsvarer, tilbageførsel af tidligere års nedskrivninger</t>
+  </si>
+  <si>
+    <t>Sum 6140-6159</t>
+  </si>
+  <si>
+    <t>Forudbetalinger for varer</t>
+  </si>
+  <si>
+    <t>Sum 6170-6179</t>
+  </si>
+  <si>
+    <t>Sum 6080-6179</t>
+  </si>
+  <si>
+    <t>Tilgodehavender</t>
+  </si>
+  <si>
+    <t>Tilgodehavender fra salg og tjenesteydelser</t>
+  </si>
+  <si>
+    <t>Tilgodehavender fra salg og tjenesteydelser, nedskrivninger primo</t>
+  </si>
+  <si>
+    <t>Nedskrivninger i årets løb</t>
+  </si>
+  <si>
+    <t>Tilbageførsel af tidligere års nedskrivninger</t>
+  </si>
+  <si>
+    <t>Sum 6190-6209</t>
+  </si>
+  <si>
+    <t>Igangværende arbejder for fremmed regning</t>
+  </si>
+  <si>
+    <t>Sum 6240-6249</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos tilknyttede virksomheder (omsætningsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos tilknyttede virksomheder, nedskrivninger primo (omsætningsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos tilknyttede virksomheder, nedskrivninger i årets løb</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos tilknyttede virksomheder, tilbageførsel af tidligere års nedskrivninger (omsætningsaktiv)</t>
+  </si>
+  <si>
+    <t>Sum 6252-6259</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos associerede virksomheder (omsætningsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos associerede virksomheder, nedskrivninger primo (omsætningsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos associerede virksomheder, nedskrivninger i årets løb (omsætningsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos associerede virksomheder, tilbageførsel af tidligere års nedskrivninger (omsætningsaktiv)</t>
+  </si>
+  <si>
+    <t>Sum 6262-6269</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos kapitalinteresser (omsætningsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos kapitalinteresser, nedskrivninger primo (omsætningsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos kapitalinteresser, nedskrivninger i årets løb (omsætningsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos kapitalinteresser, tilbageførsel af tidligere års nedskrivninger (omsætningsaktiv)</t>
+  </si>
+  <si>
+    <t>Sum 6282-6289</t>
+  </si>
+  <si>
+    <t>Andre tilgodehavender (omsætningsaktiv)</t>
+  </si>
+  <si>
+    <t>Udskudte skatteaktiver (omsætningsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavende kildeskat (omsætningsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavende selskabsskat (omsætningsaktiv)</t>
+  </si>
+  <si>
+    <t>Sum 6302-6339</t>
+  </si>
+  <si>
+    <t>Krav på indbetaling af virksomhedskapital og overkurs</t>
+  </si>
+  <si>
+    <t>Sum 6350-6359</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos virksomhedsdeltagere og ledelse (omsætningsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos direktionen (omsætningsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos bestyrelsens (omsætningsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos tilsynsråd (omsætningsaktiv)</t>
+  </si>
+  <si>
+    <t>Tilgodehavender hos repræsentantskab (omsætningsaktiv)</t>
+  </si>
+  <si>
+    <t>Sum 6365-6379</t>
+  </si>
+  <si>
+    <t>Periodeafgrænsningsposter</t>
+  </si>
+  <si>
+    <t>Periodeafgrænsningsposter, der kan opretholdes skattemæssigt</t>
+  </si>
+  <si>
+    <t>Periodeafgrænsningsposter, der ikke kan opretholdes skattemæssigt</t>
+  </si>
+  <si>
+    <t>Sum 6390-6409</t>
+  </si>
+  <si>
+    <t>Sum 6190-6409</t>
+  </si>
+  <si>
+    <t>Værdipapirer og kapitalandele</t>
+  </si>
+  <si>
+    <t>Kapitalandele i tilknyttede virksomheder som ikke er bestemt til vedvarende eje</t>
+  </si>
+  <si>
+    <t>Sum 6420-6429</t>
+  </si>
+  <si>
+    <t>Andre værdipapirer og kapitalandele som ikke er bestemt til vedvarende eje</t>
+  </si>
+  <si>
+    <t>Sum 6450-6459</t>
+  </si>
+  <si>
+    <t>Sum 6420-6459</t>
+  </si>
+  <si>
+    <t>Likvide beholdninger</t>
+  </si>
+  <si>
+    <t>Bankkonto</t>
+  </si>
+  <si>
+    <t>Sum 6470-6489</t>
+  </si>
+  <si>
+    <t>Sum 6080-6489</t>
+  </si>
+  <si>
+    <t>Omsætningsaktiver i alt</t>
+  </si>
+  <si>
+    <t>Sum 5010-6489</t>
+  </si>
+  <si>
+    <t>AKTIVER I ALT</t>
+  </si>
+  <si>
+    <t>PASSIVER</t>
+  </si>
+  <si>
+    <t>Egenkapital</t>
+  </si>
+  <si>
+    <t>Virksomhedskapital</t>
+  </si>
+  <si>
+    <t>Registreret kapital mv.</t>
+  </si>
+  <si>
+    <t>Indbetalt registreret kapital mv.</t>
+  </si>
+  <si>
+    <t>Ikke indbetalt registreret kapital mv.</t>
+  </si>
+  <si>
+    <t>Sum 6510-6529</t>
+  </si>
+  <si>
+    <t>Overkurs ved emission</t>
+  </si>
+  <si>
+    <t>Sum 6540-6549</t>
+  </si>
+  <si>
+    <t>Reserve for opskrivninger</t>
+  </si>
+  <si>
+    <t>Sum 6560-6569</t>
+  </si>
+  <si>
+    <t>Andre reserver</t>
+  </si>
+  <si>
+    <t>Reserve for nettoopskrivning efter den indre værdis metode</t>
+  </si>
+  <si>
+    <t>Reserve for udlån og sikkerhedsstillelse</t>
+  </si>
+  <si>
+    <t>Reserve for ikke indbetalt virksomhedskapital og overkurs</t>
+  </si>
+  <si>
+    <t>Reserve for udviklingsomkostninger</t>
+  </si>
+  <si>
+    <t>Øvrige lovpligtige reserver</t>
+  </si>
+  <si>
+    <t>Vedtægtsmæssige reserver</t>
+  </si>
+  <si>
+    <t>Øvrige reserver</t>
+  </si>
+  <si>
+    <t>Reserve for iværksætterselskaber</t>
+  </si>
+  <si>
+    <t>Egenkapital primo (kun klasse A)</t>
+  </si>
+  <si>
+    <t>Årets resultat (kun klasse A)</t>
+  </si>
+  <si>
+    <t>Fri bil (kun klasse A)</t>
+  </si>
+  <si>
+    <t>Rejse og befordringsgodtgørelse (kun klasse A)</t>
+  </si>
+  <si>
+    <t>Fri telefon (Kun klasse A)</t>
+  </si>
+  <si>
+    <t>Private andele (Kun klasse A)</t>
+  </si>
+  <si>
+    <t>Private afskrivninger (Kun klasse A)</t>
+  </si>
+  <si>
+    <t>Driftsudgifter uden fradrag (Kun klasse A)</t>
+  </si>
+  <si>
+    <t>Privat hævet (kun klasse A)</t>
+  </si>
+  <si>
+    <t>Privat indskud (kun klasse A)</t>
+  </si>
+  <si>
+    <t>Sum 6800-6929</t>
+  </si>
+  <si>
+    <t>Overført resultat</t>
+  </si>
+  <si>
+    <t>Overført resultat, primo</t>
+  </si>
+  <si>
+    <t>Overført resultat, jf. resultatdisponering</t>
+  </si>
+  <si>
+    <t>Sum 6935-6949</t>
+  </si>
+  <si>
+    <t>Foreslået udbytte indregnet under egenkapitalen</t>
+  </si>
+  <si>
+    <t>Foreslået udbytte, primo</t>
+  </si>
+  <si>
+    <t>Udloddet udbytte</t>
+  </si>
+  <si>
+    <t>Foreslået udbytte jf. resultatdisponeringen</t>
+  </si>
+  <si>
+    <t>Sum 6955-6969</t>
+  </si>
+  <si>
+    <t>Sum 6510-6969</t>
+  </si>
+  <si>
+    <t>Egenkapital i alt</t>
+  </si>
+  <si>
+    <t>Hensatte forpligtelser</t>
+  </si>
+  <si>
+    <t>Hensættelser til pensioner og lignende forpligtelser</t>
+  </si>
+  <si>
+    <t>Sum 6985-6989</t>
+  </si>
+  <si>
+    <t>Hensættelse til udskudt skat</t>
+  </si>
+  <si>
+    <t>Hensættelser til udskudt skat</t>
+  </si>
+  <si>
+    <t>Sum 7010-7029</t>
+  </si>
+  <si>
+    <t>Andre hensatte forpligtelser</t>
+  </si>
+  <si>
+    <t>Sum 7040-7049</t>
+  </si>
+  <si>
+    <t>Sum 6985-7049</t>
+  </si>
+  <si>
+    <t>Langfristede gældsforpligtelser</t>
+  </si>
+  <si>
+    <t>Gæld, der er optaget ved udstedelse af obligationer (langfristet)</t>
+  </si>
+  <si>
+    <t>Sum 7055-7059</t>
+  </si>
+  <si>
+    <t>Konvertible og udbyttegivende gældsbreve (langfristet)</t>
+  </si>
+  <si>
+    <t>Sum 7065-7069</t>
+  </si>
+  <si>
+    <t>Gæld til kreditinstitutter (langfristet)</t>
+  </si>
+  <si>
+    <t>Gæld til kredit- og realkreditinstitutter (langfristet)</t>
+  </si>
+  <si>
+    <t>Gæld til banker (langfristet)</t>
+  </si>
+  <si>
+    <t>Leasingforpligtelser (langfristet)</t>
+  </si>
+  <si>
+    <t>Øvrig langfristet gæld</t>
+  </si>
+  <si>
+    <t>Sum 7110-7129</t>
+  </si>
+  <si>
+    <t>Modtagne forudbetalinger fra kunder (langfristet)</t>
+  </si>
+  <si>
+    <t>Sum 7145-7149</t>
+  </si>
+  <si>
+    <t>Leverandører af varer og tjenesteydelser (langfristet)</t>
+  </si>
+  <si>
+    <t>Sum 7155-7159</t>
+  </si>
+  <si>
+    <t>Vekselgæld (langfristet)</t>
+  </si>
+  <si>
+    <t>Sum 7165-7169</t>
+  </si>
+  <si>
+    <t>Gæld til tilknyttede virksomheder (langfristet)</t>
+  </si>
+  <si>
+    <t>Sum 7175-7179</t>
+  </si>
+  <si>
+    <t>Gæld til kapitalinteresser (langfristet)</t>
+  </si>
+  <si>
+    <t>Sum 7185-7189</t>
+  </si>
+  <si>
+    <t>Anden gæld, herunder skyldige skatter og skyldige bidrag til social sikring (langfristet)</t>
+  </si>
+  <si>
+    <t>Anden gæld (langfristet)</t>
+  </si>
+  <si>
+    <t>Gæld til virksomhedssdeltagere og ledelse (langfristet)</t>
+  </si>
+  <si>
+    <t>Deposita (langfristet)</t>
+  </si>
+  <si>
+    <t>Leasingforpligtelse (langfristet)</t>
+  </si>
+  <si>
+    <t>Skyldig selskabsskat (langfristet)</t>
+  </si>
+  <si>
+    <t>Sum 7190-7259</t>
+  </si>
+  <si>
+    <t>Periodeafgrænsningsposter (langfristet)</t>
+  </si>
+  <si>
+    <t>Sum 7265-7269</t>
+  </si>
+  <si>
+    <t>Sum 7055-7269</t>
+  </si>
+  <si>
+    <t>Kortfristede gældsforpligtelser</t>
+  </si>
+  <si>
+    <t>Gæld, der er optaget ved udstedelse af obligationer (kortfristet)</t>
+  </si>
+  <si>
+    <t>Sum 7285-7289</t>
+  </si>
+  <si>
+    <t>Konvertible og udbyttegivende gældsbreve (kortfristet)</t>
+  </si>
+  <si>
+    <t>Sum 7295-7299</t>
+  </si>
+  <si>
+    <t>Gæld til kreditinstitutter (kortfristet)</t>
+  </si>
+  <si>
+    <t>Gæld til kredit- og realkreditinstitutter (kortfristet)</t>
+  </si>
+  <si>
+    <t>Gæld til banker (kortfristet)</t>
+  </si>
+  <si>
+    <t>Leasingforpligtelser (kortfristet)</t>
+  </si>
+  <si>
+    <t>Øvrig kortfristet gæld</t>
+  </si>
+  <si>
+    <t>Sum 7310-7359</t>
+  </si>
+  <si>
+    <t>Modtagne forudbetalinger fra kunder (kortfristet)</t>
+  </si>
+  <si>
+    <t>Sum 7410-7419</t>
+  </si>
+  <si>
+    <t>Leverandører af varer og tjenesteydelser (kortfristet)</t>
+  </si>
+  <si>
+    <t>Sum 7440-7449</t>
+  </si>
+  <si>
+    <t>Igangværende arbejder for fremmed regning (kortfristet gæld)</t>
+  </si>
+  <si>
+    <t>Modtagne acontobetalinger (kortfristet gæld)</t>
+  </si>
+  <si>
+    <t>Sum 7455-7459</t>
+  </si>
+  <si>
+    <t>Vekselgæld (kortfristet)</t>
+  </si>
+  <si>
+    <t>Sum 7465-7469</t>
+  </si>
+  <si>
+    <t>Gæld til tilknyttede virksomheder (kortfristet)</t>
+  </si>
+  <si>
+    <t>Sum 7510-7529</t>
+  </si>
+  <si>
+    <t>Gæld til kapitalinteresser (kortfristet)</t>
+  </si>
+  <si>
+    <t>Sum 7535-7539</t>
+  </si>
+  <si>
+    <t>Anden gæld, herunder skyldige skatter og skyldige bidrag til social sikring (kortfristet)</t>
+  </si>
+  <si>
+    <t>Gæld til virksomhedsdeltagere og ledelse (kortfristet)</t>
+  </si>
+  <si>
+    <t>Deposita (kortfristet)</t>
+  </si>
+  <si>
+    <t>Salgsmoms</t>
+  </si>
+  <si>
+    <t>Moms af varekøb udland, EU og ikke-EU</t>
+  </si>
+  <si>
+    <t>Moms af ydelseskøb udland, EU og ikke-EU</t>
+  </si>
+  <si>
+    <t>Købsmoms</t>
+  </si>
+  <si>
+    <t>Kulafgift</t>
+  </si>
+  <si>
+    <t>Co2-afgift</t>
+  </si>
+  <si>
+    <t>Skyldig moms</t>
+  </si>
+  <si>
+    <t>Skyldig løn og gager</t>
+  </si>
+  <si>
+    <t>Skyldig bonus og tantieme</t>
+  </si>
+  <si>
+    <t>Skyldige feriepenge</t>
+  </si>
+  <si>
+    <t>Skyldig A-skat</t>
+  </si>
+  <si>
+    <t>Skyldigt AM-bidrag</t>
+  </si>
+  <si>
+    <t>Skyldigt ATP-bidrag</t>
+  </si>
+  <si>
+    <t>Skyldigt AMP-bidrag</t>
+  </si>
+  <si>
+    <t>Anden skyldig pension</t>
+  </si>
+  <si>
+    <t>Skyldig arbejdsgiverbidrag (samlet betaling)</t>
+  </si>
+  <si>
+    <t>Skyldig feriepengeforpligtigelse</t>
+  </si>
+  <si>
+    <t>Skyldigt ferietillæg</t>
+  </si>
+  <si>
+    <t>Øvrig anden gæld</t>
+  </si>
+  <si>
+    <t>Modtagne offentlige tilskud til senere beskatning</t>
+  </si>
+  <si>
+    <t>Sum 7590-8049</t>
+  </si>
+  <si>
+    <t>Anden gæld, herunder skyldige skatter og skyldige bidrag til social sikring</t>
+  </si>
+  <si>
+    <t>Periodeafgrænsningsposter (kortfristet)</t>
+  </si>
+  <si>
+    <t>Sum 8070-8079</t>
+  </si>
+  <si>
+    <t>Sum 7285-8079</t>
+  </si>
+  <si>
+    <t>Sum 6510-8079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PASSIVER I ALT </t>
+  </si>
+  <si>
+    <r>
+      <t>Skal som udgangspunkt medtages i rubrik C, hvis feks.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> indenlandsk omvendt betalingspligt, salg til </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>skibe i udenrigsfart, salg af aviser</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Denne kode anvendes til håndtering af transaktioner i DK der er momspligtige, men hvor der ikke skal afregnes moms. Det kan eksempelvis være</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> salg med indenlandsk omvendt betalingspligt, </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">salg til skibe i udenrigsfart eller leverancer til ambassader og lignende. Det kan også være salg af aviser.
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Denne kode anvendes ved en virksomheds salg af udlejnings-, køreskole- og demokøretøjer, hvor der beregnes moms efter de konkrete forhold på salgstidspunktet. </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t> Moms ved salg af leasingbiler udgør 20% af det særligt beregnede grundlag, hvor salgsprisen og den betalte registreringsafgift på købstidspunktet indgår.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Varesalg B2B (EU), 0% moms</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>, ingen EU-salgsangivelse</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Ydelser omfattet af ordningen
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Eller
+B2C Ydelsessalg omfattet af OSS</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>S-OSS</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>-Y</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>OSS angivelsen</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t> + momsangivelsens rubrik C</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Denne kode anvendes ved salg af ydelser til kunder i andre EU-lande med lokal moms (f.eks. privatpersoner), når salget er omfattet af reglerne for One Stop Shop.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> F.eks. Salg af ydelser fra en leverandør i DK til en privatperson i et andet EU-land, når ydelsen har leveringssted i dette land.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Varer (fjernsalg)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+B2C varesalg fra DK til andre EU-lande</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>S-OSS-V-F</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>S-OSS-V-DK-EU</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>S-OSS</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>-V-DK-EU</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">OSS angivelsen </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>+ Rubrik B - oplysninger der ikke skal indberettes til "EU-salg uden moms"</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">B2C varesalg </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Varer</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (lokalt salg)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">x%
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10.199999999999999"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>(eller vel egentlig 25%?)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>S-OSS</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>-V-L</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>OSS angivelsen</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> + rubrik A  - varer</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Denne kode anvendes ved salg af varer til kunder i Danmark med lokal moms (f.eks. privatpersoner i Danmark, hvor varen befinder sig i et andet EU-land på salgstidspunktet), når salget er omfattet af reglerne for One Stop Shop.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Købsmoms (indgående moms</t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> - skønsmæssig andel</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Angives ikke direkte på momsangivelsen - </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>indgår i særligt beregningsgrundlag</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Angives ikke på momsangivelsen - indgår i opgørelsen ved </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>refusionsordning</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Rubrik A - varer + </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Moms af varekøb i udlandet (både EU og lande uden for EU) og Købsmoms (indgående moms)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Rubrik A - varer + </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Moms af varekøb i udlandet (både EU og lande uden for EU) og Købsmoms (indgående moms - skønsmæssig andel)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Rubrik A - varer + </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Moms af varekøb i udlandet (både EU og lande uden for EU)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Rubrik A - varer + </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Moms af varekøb i udlandet (både EU og lande uden for EU) og Købsmoms (indgående moms - omsætningsfordeling)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Rubrik A - varer + </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Moms af varekøb i udlandet (både EU og lande uden for EU)  samt Købsmoms (indgående moms - forholdsmæssig andel)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Rubrik A - ydelser + </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Moms af ydelseskøb i udlandet med omvendt betalingspligt og Købsmoms (indgående moms)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Rubrik A - ydelser + </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Moms af ydelseskøb i udlandet med omvendt betalingspligt og Købsmoms (indgående moms - skønsmæssig andel)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Rubrik A - ydelser + </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Moms af ydelseskøb i udlandet med omvendt betalingspligt </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Rubrik A - ydelser + </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Moms af ydelseskøb i udlandet med omvendt betalingspligt og Købsmoms (indgående moms - omsætningsfordeling)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Rubrik A - ydelser + </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Moms af ydelseskøb i udlandet med omvendt betalingspligt og Købsmoms (indgående moms - forholdsmæssig andel)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Rubrik A - ydelser +  Moms af ydelseskøb i udlandet med omvendt betalingspligt og </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Købsmoms (indgående moms - faktura fradrag)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Rubrik A - ydelser +  Moms af ydelseskøb i udlandet med omvendt betalingspligt og </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Købsmoms (indgående moms - faktura pro rata fradrag)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Rubrik A - ydelser + </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Moms af ydelseskøb i udlandet med omvendt betalingspligt samt Købsmoms (indgående moms 33,3%)</t>
+    </r>
   </si>
   <si>
     <r>
       <t>Momsangivelse</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FFFFFFFF"/>
-        <rFont val="Calibri"/>
+        <rFont val="Segoe UI"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>   </t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Denne kode anvendes ved salg af brugte personbiler, hvor sælger kan foretage et fradrag i den beregnede salgsmoms, på baggrund af beregning baseret på købsprisen på det brugte køretøj.  
+    <r>
+      <t>Momsangivelse</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="0"/>
+        <rFont val="Segoe UI"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>   </t>
+    </r>
+  </si>
+  <si>
+    <t>Momskode betegnelse
+NY</t>
+  </si>
+  <si>
+    <t>Momskode
+NY</t>
+  </si>
+  <si>
+    <t>S_DK_25</t>
+  </si>
+  <si>
+    <t>S01</t>
+  </si>
+  <si>
+    <t>S_DK_0</t>
+  </si>
+  <si>
+    <t>S02</t>
+  </si>
+  <si>
+    <t>S_DK_UdenforMomslov</t>
+  </si>
+  <si>
+    <t>S81</t>
+  </si>
+  <si>
+    <t>S_DK_Momsfritaget</t>
+  </si>
+  <si>
+    <t>S82</t>
+  </si>
+  <si>
+    <t>S_DK_Brugtmoms</t>
+  </si>
+  <si>
+    <t>S83</t>
+  </si>
+  <si>
+    <t>S_DK_Marginmoms</t>
+  </si>
+  <si>
+    <t>S84</t>
+  </si>
+  <si>
+    <t>S_DK_brugtbil</t>
+  </si>
+  <si>
+    <t>S85</t>
+  </si>
+  <si>
+    <t>S-DK-leasingbiler-mm</t>
+  </si>
+  <si>
+    <t>S_DK_leasingbiler_mm</t>
+  </si>
+  <si>
+    <t>S86</t>
+  </si>
+  <si>
+    <t>S_DK_kunstnere</t>
+  </si>
+  <si>
+    <t>S87</t>
+  </si>
+  <si>
+    <t>S_LokalMoms</t>
+  </si>
+  <si>
+    <t>S88</t>
+  </si>
+  <si>
+    <t>S_EU_Varer_MomsNulPct</t>
+  </si>
+  <si>
+    <t>S21</t>
+  </si>
+  <si>
+    <t>S_EU_Varer_MomsNulPct_ejEU_salgsangiv</t>
+  </si>
+  <si>
+    <t>S22</t>
+  </si>
+  <si>
+    <t>S_EU_Ydelser_MomsNulPct</t>
+  </si>
+  <si>
+    <t>S23</t>
+  </si>
+  <si>
+    <t>S_EU_Momsfritaget</t>
+  </si>
+  <si>
+    <t>S24</t>
+  </si>
+  <si>
+    <t>S_EU_Varer_Trekantshandel</t>
+  </si>
+  <si>
+    <t>S25</t>
+  </si>
+  <si>
+    <t>S_ejEU_Varer_MomsNulPct</t>
+  </si>
+  <si>
+    <t>S41</t>
+  </si>
+  <si>
+    <t>S_ejEU_Ydelser_MomsNulPct</t>
+  </si>
+  <si>
+    <t>S42</t>
+  </si>
+  <si>
+    <t>S_ejEU_Momsfritaget</t>
+  </si>
+  <si>
+    <t>S43</t>
+  </si>
+  <si>
+    <t>S_OSS_Ydelser</t>
+  </si>
+  <si>
+    <t>S61</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S-OSS-V-F
+S-OSS-V-DK-EU
 </t>
   </si>
   <si>
-    <t xml:space="preserve">Denne kode anvendes ved en virksomheds salg af udlejnings-, køreskole- og demokøretøjer, hvor der beregnes moms efter de konkrete forhold på salgstidspunktet.  
+    <t xml:space="preserve">S_OSS_Varer_FraDK_TilEU
 </t>
   </si>
   <si>
-    <t>Varesalg B2B (EU), 0% moms   </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Denne kode anvendes ved salg af nye transportmidler til ikke registrerede virksomheder og private forbrugere. Installering og montering af varer, samt fjernsalg af varer til andre EU-lande  
+    <t>S62</t>
+  </si>
+  <si>
+    <t>S_OSS_Varer_IkkeFraDK</t>
+  </si>
+  <si>
+    <t>S63</t>
+  </si>
+  <si>
+    <t>S_OSS_Varer_FraEjEU_TilDK_25pct</t>
+  </si>
+  <si>
+    <t>S64</t>
+  </si>
+  <si>
+    <t>S_OSS_Varer_LokaltSalg</t>
+  </si>
+  <si>
+    <t>S65</t>
+  </si>
+  <si>
+    <t>K_DK_FuldFradrag</t>
+  </si>
+  <si>
+    <t>K010</t>
+  </si>
+  <si>
+    <t>K_DK_SkoennetFradrag</t>
+  </si>
+  <si>
+    <t>K020</t>
+  </si>
+  <si>
+    <t>K_DK_IngenFradrag</t>
+  </si>
+  <si>
+    <t>K030</t>
+  </si>
+  <si>
+    <t>K_DK_VejFradrag</t>
+  </si>
+  <si>
+    <t>K610</t>
+  </si>
+  <si>
+    <t>K_DK_FastnettelefonFuld</t>
+  </si>
+  <si>
+    <t>K040</t>
+  </si>
+  <si>
+    <t>K_DK_FastnettelefonProRata</t>
+  </si>
+  <si>
+    <t>K050</t>
+  </si>
+  <si>
+    <t>K_DK_GulpladebilFradragPrivat</t>
+  </si>
+  <si>
+    <t>K060</t>
+  </si>
+  <si>
+    <t>K_DK_ReprFradragFuld</t>
+  </si>
+  <si>
+    <t>K070</t>
+  </si>
+  <si>
+    <t>K_DK_ReprFradragProRata</t>
+  </si>
+  <si>
+    <t>K080</t>
+  </si>
+  <si>
+    <t>K_DK_LeasinghvidpladebilFradrag</t>
+  </si>
+  <si>
+    <t>K090</t>
+  </si>
+  <si>
+    <t>K100</t>
+  </si>
+  <si>
+    <t>K_DK_DelvisFradrag</t>
+  </si>
+  <si>
+    <t>K110</t>
+  </si>
+  <si>
+    <t>K_DK_SektorFradrag</t>
+  </si>
+  <si>
+    <t>K120</t>
+  </si>
+  <si>
+    <t>K_DK_ArealFradrag</t>
+  </si>
+  <si>
+    <t>K130</t>
+  </si>
+  <si>
+    <t>K_DK_Brugtmoms</t>
+  </si>
+  <si>
+    <t>K620</t>
+  </si>
+  <si>
+    <t>K_DK_Marginmoms</t>
+  </si>
+  <si>
+    <t>K630</t>
+  </si>
+  <si>
+    <t>K_DK_brugtbil</t>
+  </si>
+  <si>
+    <t>K640</t>
+  </si>
+  <si>
+    <t>K-DK-leasingbiler-mm</t>
+  </si>
+  <si>
+    <t>K_DK_leasingbiler_mm</t>
+  </si>
+  <si>
+    <t>K650</t>
+  </si>
+  <si>
+    <t>K_DK_OmvBetPl_FuldFradrag</t>
+  </si>
+  <si>
+    <t>K660</t>
+  </si>
+  <si>
+    <t>K_DK_OmvBetPl_DelvisFradrag</t>
+  </si>
+  <si>
+    <t>K670</t>
+  </si>
+  <si>
+    <t>K_DK_OmvBetPl_SkoennetFradrag</t>
+  </si>
+  <si>
+    <t>K680</t>
+  </si>
+  <si>
+    <t>K_DK_OmvBetPl_IngenFradrag</t>
+  </si>
+  <si>
+    <t>K690</t>
+  </si>
+  <si>
+    <t>K_DK_OmvBetPl_ArealFradrag</t>
+  </si>
+  <si>
+    <t>K700</t>
+  </si>
+  <si>
+    <t>K_LokalMoms</t>
+  </si>
+  <si>
+    <t>K710</t>
+  </si>
+  <si>
+    <t>K_DK_refusion</t>
+  </si>
+  <si>
+    <t>K720</t>
+  </si>
+  <si>
+    <t>K_EU_Varer_Fradrag</t>
+  </si>
+  <si>
+    <t>K210</t>
+  </si>
+  <si>
+    <t>K_EU_Varer_SkoennetFradrag</t>
+  </si>
+  <si>
+    <t>K220</t>
+  </si>
+  <si>
+    <t>K_EU_Varer_IngenFradrag</t>
+  </si>
+  <si>
+    <t>K230</t>
+  </si>
+  <si>
+    <t>K_EU_Varer_DelvisFradrag</t>
+  </si>
+  <si>
+    <t>K240</t>
+  </si>
+  <si>
+    <t>K_EU_Varer_ArealFradrag</t>
+  </si>
+  <si>
+    <t>K250</t>
+  </si>
+  <si>
+    <t>K_EU_Ydelser_FuldFradrag</t>
+  </si>
+  <si>
+    <t>K260</t>
+  </si>
+  <si>
+    <t>K_EU_Ydelser_SkoennetFradrag</t>
+  </si>
+  <si>
+    <t>K270</t>
+  </si>
+  <si>
+    <t>K_EU_Ydelser_IngenFradrag</t>
+  </si>
+  <si>
+    <t>K280</t>
+  </si>
+  <si>
+    <t>K_EU_Ydelser_DelvisFradrag</t>
+  </si>
+  <si>
+    <t>K290</t>
+  </si>
+  <si>
+    <t>K_EU_Ydelser_ArealFradrag</t>
+  </si>
+  <si>
+    <t>K300</t>
+  </si>
+  <si>
+    <t>K_EU_Leasinghvidpladebil_Fradrag</t>
+  </si>
+  <si>
+    <t>K310</t>
+  </si>
+  <si>
+    <t>K_EU_Leasinghvidpladebil_DelvisFradrag</t>
+  </si>
+  <si>
+    <t>K320</t>
+  </si>
+  <si>
+    <t>K_EU_Gulpladebil_FradragPrivat</t>
+  </si>
+  <si>
+    <t>K330</t>
+  </si>
+  <si>
+    <t>K_EU_Momsfritaget</t>
+  </si>
+  <si>
+    <t>K340</t>
+  </si>
+  <si>
+    <t>K_ejEU_Varer_FuldFradrag</t>
+  </si>
+  <si>
+    <t>K410</t>
+  </si>
+  <si>
+    <t>K_ejEU_Varer_SkoennetFradrag</t>
+  </si>
+  <si>
+    <t>K420</t>
+  </si>
+  <si>
+    <t>K_ejEU_Varer_IngenFradrag</t>
+  </si>
+  <si>
+    <t>K430</t>
+  </si>
+  <si>
+    <t>K_ejEU_Varer_DelvisFradrag</t>
+  </si>
+  <si>
+    <t>K440</t>
+  </si>
+  <si>
+    <t>K_ejEU_Varer_ArealFradrag</t>
+  </si>
+  <si>
+    <t>K450</t>
+  </si>
+  <si>
+    <t>K_ejEU_Ydelser_FuldFradrag</t>
+  </si>
+  <si>
+    <t>K460</t>
+  </si>
+  <si>
+    <t>K_ejEU_OmvBetPl_Ydelser_SkoennetFradrag</t>
+  </si>
+  <si>
+    <t>K470</t>
+  </si>
+  <si>
+    <t>K_ejEU_OmvBetPl_Ydelser_IngenFradrag</t>
+  </si>
+  <si>
+    <t>K480</t>
+  </si>
+  <si>
+    <t>K_ejEU_OmvBetPl_Ydelser_DelvisFradrag</t>
+  </si>
+  <si>
+    <t>K490</t>
+  </si>
+  <si>
+    <t>K_ejEU_OmvBetPl_Ydelser_ArealFradrag</t>
+  </si>
+  <si>
+    <t>K500</t>
+  </si>
+  <si>
+    <t>Salg/
+køb</t>
+  </si>
+  <si>
+    <t>Salgsmoms og købsmoms (indgående moms) </t>
+  </si>
+  <si>
+    <t>Salgsmoms og købsmoms (indgående moms)</t>
+  </si>
+  <si>
+    <t>B2C varesalg (lokalt salg)</t>
+  </si>
+  <si>
+    <t>Skal som udgangspunkt medtages i rubrik C, hvis feks. indenlandsk omvendt betalingspligt, salg til skibe i udenrigsfart, salg af aviser</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes til håndtering af transaktioner i DK der er momspligtige, men hvor der ikke skal afregnes moms. Det kan eksempelvis være salg med indenlandsk omvendt betalingspligt, salg til skibe i udenrigsfart eller leverancer til ambassader og lignende. Det kan også være salg af aviser.
 </t>
   </si>
   <si>
-    <t xml:space="preserve">Denne kode anvendes til salg af varer og ydelser til kunder i lande udenfor EU, når varen eller ydelsen er omfattet af momslovens fritagelsesbestemmelser, eksempelvis momsfritaget undervisning, hospitalsbehandling, foreningskontingenter. 
+    <t xml:space="preserve">Denne kode anvendes ved en virksomheds salg af udlejnings-, køreskole- og demokøretøjer, hvor der beregnes moms efter de konkrete forhold på salgstidspunktet.  Moms ved salg af leasingbiler udgør 20% af det særligt beregnede grundlag, hvor salgsprisen og den betalte registreringsafgift på købstidspunktet indgår.
 </t>
   </si>
   <si>
-    <t>OSS angivelsen </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Denne kode anvendes ved køb af repræsentationsydelser, f.eks. restaurationsydelser, i virksomheder med både momsfri og momspligtige aktiviteter, hvor ¼ * pro rata satsen af momsen på udgiften kan fradrages.  
+    <t>Varesalg B2B (EU), 0% moms, ingen EU-salgsangivelse</t>
+  </si>
+  <si>
+    <t>OSS angivelsen + momsangivelsens rubrik C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved salg af ydelser til kunder i andre EU-lande med lokal moms (f.eks. privatpersoner), når salget er omfattet af reglerne for One Stop Shop. F.eks. Salg af ydelser fra en leverandør i DK til en privatperson i et andet EU-land, når ydelsen har leveringssted i dette land.
 </t>
   </si>
   <si>
-    <t xml:space="preserve">Denne kode  anvendes ved virksomheder med både momsfri og momspligtige aktiviteters leasing af hvidpladebiler i perioder længere ind 6 mdr, hvor bilen anvendes min. 10 pct. i forbindelse med virksomhedens momspligtige aktiviteter. Den moms der kan fradrages, kan højst udgøre et beløb beregnet på baggrund af den betalte registreringsafgift og fremgår typisk af opkrævningen fra leasingselskabet. Beløbet skal yderligere reduceres i forhold til virksomhedens pro rata sats.
+    <t>S-OSS-V-DK-EU</t>
+  </si>
+  <si>
+    <t>OSS angivelsen + Rubrik B - oplysninger der ikke skal indberettes til "EU-salg uden moms"</t>
+  </si>
+  <si>
+    <t>OSS angivelsen + rubrik A  - varer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denne kode anvendes ved salg af varer til kunder i Danmark med lokal moms (f.eks. privatpersoner i Danmark, hvor varen befinder sig i et andet EU-land på salgstidspunktet), når salget er omfattet af reglerne for One Stop Shop.
 </t>
   </si>
   <si>
-    <t>Salgsmoms og købsmoms ( indgående moms omsætningsfordeling) </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Denne kode  anvendes ved varekøb uden moms i andre EU-lande, hvor den indkøbte vare både anvendes i forbindelse med de momspligtige aktiviteter og til formål der er virksomheden uvedkommende og hvor retten til fradrag for den beregnede moms skal opgøres efter et skøn over den faktiske anvendelse.
+    <t>Angives ikke direkte på momsangivelsen - indgår i særligt beregningsgrundlag</t>
+  </si>
+  <si>
+    <t>Angives ikke på momsangivelsen - indgår i opgørelsen ved refusionsordning</t>
+  </si>
+  <si>
+    <t>Rubrik A - varer + Moms af varekøb i udlandet (både EU og lande uden for EU) og Købsmoms (indgående moms)</t>
+  </si>
+  <si>
+    <t>Rubrik A - varer + Moms af varekøb i udlandet (både EU og lande uden for EU)</t>
+  </si>
+  <si>
+    <t>Rubrik A - varer + Moms af varekøb i udlandet (både EU og lande uden for EU)  samt Købsmoms (indgående moms)</t>
+  </si>
+  <si>
+    <t>Rubrik A - ydelser + Moms af ydelseskøb i udlandet med omvendt betalingspligt og Købsmoms (indgående moms)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rubrik A - ydelser + Moms af ydelseskøb i udlandet med omvendt betalingspligt </t>
+  </si>
+  <si>
+    <t>Rubrik A - ydelser + Moms af ydelseskøb i udlandet med omvendt betalingspligt og Købsmoms (indgående moms - omsætningsfordeling)</t>
+  </si>
+  <si>
+    <t>Rubrik A - ydelser + Moms af ydelseskøb i udlandet med omvendt betalingspligt og Købsmoms (indgående moms - forholdsmæssig andel)</t>
+  </si>
+  <si>
+    <t>Rubrik A - ydelser +  Moms af ydelseskøb i udlandet med omvendt betalingspligt og Købsmoms (indgående moms)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rubrik A - ydelser + Moms af ydelseskøb i udlandet med omvendt betalingspligt samt Købsmoms (indgående moms)
 </t>
   </si>
   <si>
-    <t xml:space="preserve">Denne kode  anvendes ved varekøb uden moms i andre EU-lande, hvor virksomheden ikke har adgang til fradrag for den beregnede moms, f.eks. fordi de indkøbte varer ikke anvendes i forbindelse med virksomhedens momspligtige aktiviteter.
-[...259 lines deleted...]
-    <t>Sum 1010-2829</t>
+    <t>B2C Ydelsessalg omfattet af OSS</t>
+  </si>
+  <si>
+    <t>B2C varesalg fra DK til andre EU-lande</t>
+  </si>
+  <si>
+    <t>Versionsnummeret er: 20260101</t>
+  </si>
+  <si>
+    <t>Tilgodehavende moms (omsætningsaktiv)</t>
+  </si>
+  <si>
+    <t>Øvrige tilgodehavender (omsætningsaktiv)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
-    <numFmt numFmtId="164" formatCode="###0_);\(###0\);&quot;-  &quot;;&quot; &quot;@&quot; &quot;"/>
-    <numFmt numFmtId="165" formatCode="0.0%"/>
+    <numFmt numFmtId="164" formatCode="0.0%"/>
+    <numFmt numFmtId="165" formatCode="###0_);\(###0\);&quot;-  &quot;;&quot; &quot;@&quot; &quot;"/>
   </numFmts>
-  <fonts count="20" x14ac:knownFonts="1">
+  <fonts count="33" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Segoe UI"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Segoe UI"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="12"/>
-      <color theme="0"/>
-      <name val="Calibri"/>
+      <name val="Segoe UI"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
+      <name val="Segoe UI"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
+      <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
-      <color theme="1"/>
+      <color theme="7"/>
       <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Segoe UI"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
+      <name val="Segoe UI"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Segoe UI"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <name val="Segoe UI"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <name val="Segoe UI"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <strike/>
+      <sz val="12"/>
+      <name val="Segoe UI"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <strike/>
+      <sz val="12"/>
       <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10.199999999999999"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="20"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="Segoe UI"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="Segoe UI"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
-      <color rgb="FFFF0000"/>
-      <name val="Calibri"/>
+      <color theme="1"/>
+      <name val="Segoe UI"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFFFFFF"/>
-      <name val="Calibri"/>
+      <name val="Segoe UI"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FFFFFFFF"/>
-      <name val="Calibri"/>
+      <name val="Segoe UI"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
-      <color rgb="FF000000"/>
-      <name val="Calibri"/>
+      <color theme="2"/>
+      <name val="Segoe UI"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="8"/>
-[...1 lines deleted...]
-      <name val="Calibri"/>
+      <sz val="16"/>
+      <color rgb="FF000000"/>
+      <name val="Segoe UI"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
-      <name val="Calibri"/>
+      <name val="Segoe UI"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Segoe UI"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Segoe UI"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Segoe UI"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
-      <color rgb="FFFFFFFF"/>
-      <name val="Calibri"/>
+      <color theme="0"/>
+      <name val="Segoe UI"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="16"/>
-[...18 lines deleted...]
-    <font>
       <sz val="8"/>
-      <name val="Calibri"/>
+      <color theme="0"/>
+      <name val="Segoe UI"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="10">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor theme="1" tint="0.34998626667073579"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="1" tint="0.34998626667073579"/>
-[...5 lines deleted...]
-        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE7E6E6"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="11">
+  <borders count="14">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
+      <right/>
+      <top style="thin">
         <color indexed="64"/>
-      </right>
-[...1 lines deleted...]
-      <bottom/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top/>
-[...5 lines deleted...]
-      <right style="thin">
+      <top style="thin">
         <color indexed="64"/>
-      </right>
-      <top/>
+      </top>
       <bottom style="thin">
-        <color rgb="FFFFFFFF"/>
-[...4 lines deleted...]
-      <left style="thin">
         <color indexed="64"/>
-      </left>
-[...5 lines deleted...]
-        <color rgb="FFFFFFFF"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
@@ -2960,637 +4889,704 @@
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
         <color indexed="64"/>
-      </bottom>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right/>
-      <top style="thin">
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
         <color indexed="64"/>
-      </top>
+      </left>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
+      <top/>
+      <bottom style="thin">
+        <color rgb="FFFFFFFF"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
         <color indexed="64"/>
-      </top>
+      </left>
+      <right/>
+      <top/>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color rgb="FFFFFFFF"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyProtection="0">
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment vertical="top"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="130">
+  <cellXfs count="173">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="1" fontId="3" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="1" fontId="7" fillId="2" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="3" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="7" fillId="2" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="3" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="7" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="8" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="8" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="9" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="6" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="4" fillId="5" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="10" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="1" fontId="4" fillId="5" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="6" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="4" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="4" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="8" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="9" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="1" fontId="3" fillId="6" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...80 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
-    </xf>
-[...119 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1"/>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{4B837FFD-D5A6-4CEC-B129-A0A600F218BC}"/>
-    <cellStyle name="Year" xfId="2" xr:uid="{1F056BF9-9C01-4A91-98CF-10C004672203}"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{8C9B9D3B-95ED-409A-85E0-F28C4FF83E26}"/>
+    <cellStyle name="Year" xfId="2" xr:uid="{A9C97503-073D-4FDE-940C-2B297E8B0CD6}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 – 2022 Tema">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="ERST farver">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="191919"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="004D83"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="BEBEBE"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="252525"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="EBEBEB"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="FFCA00"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="828282"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="007EC1"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="EF9B23"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="004D83"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="007EC1"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="ERST fonte">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Segoe UI Semibold"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
-[...45 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Segoe UI"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
-[...45 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -3688,7921 +5684,13955 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{66730D95-2161-4EFE-93DF-4B838212BC4F}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1ED0A0A9-998A-4346-A6CF-DBA3A370A963}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:P41"/>
+  <dimension ref="A1:P44"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="F14" sqref="F14"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="12.75" zeroHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="12.5" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="4" style="125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="17" max="16384" width="9.140625" style="123" hidden="1"/>
+    <col min="1" max="1" width="3.83203125" style="2" customWidth="1"/>
+    <col min="2" max="14" width="9" style="2" customWidth="1"/>
+    <col min="15" max="16" width="9" style="3" customWidth="1"/>
+    <col min="17" max="16384" width="8" style="3" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" x14ac:dyDescent="0.2">
-[...268 lines deleted...]
-    <row r="41" spans="1:14" x14ac:dyDescent="0.2"/>
+    <row r="1" spans="1:2" ht="13" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A3" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" x14ac:dyDescent="0.25"/>
+    <row r="5" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A5" s="2" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A6" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A7" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A8" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:2" ht="13" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A11" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" x14ac:dyDescent="0.25"/>
+    <row r="13" spans="1:2" ht="13" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" x14ac:dyDescent="0.25"/>
+    <row r="15" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A15" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2" x14ac:dyDescent="0.25"/>
+    <row r="17" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A17" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A18" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" ht="134.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="170" t="s">
+        <v>14</v>
+      </c>
+      <c r="B19" s="171"/>
+      <c r="C19" s="171"/>
+      <c r="D19" s="171"/>
+      <c r="E19" s="171"/>
+      <c r="F19" s="171"/>
+      <c r="G19" s="171"/>
+      <c r="H19" s="171"/>
+      <c r="I19" s="171"/>
+      <c r="J19" s="171"/>
+      <c r="K19" s="171"/>
+      <c r="L19" s="171"/>
+      <c r="M19" s="171"/>
+      <c r="N19" s="171"/>
+    </row>
+    <row r="20" spans="1:14" x14ac:dyDescent="0.25"/>
+    <row r="21" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A21" s="2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14" x14ac:dyDescent="0.25"/>
+    <row r="23" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A23" s="2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" x14ac:dyDescent="0.25"/>
+    <row r="25" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A25" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" x14ac:dyDescent="0.25"/>
+    <row r="27" spans="1:14" ht="13" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14" ht="136.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="168" t="s">
+        <v>19</v>
+      </c>
+      <c r="B28" s="172"/>
+      <c r="C28" s="172"/>
+      <c r="D28" s="172"/>
+      <c r="E28" s="172"/>
+      <c r="F28" s="172"/>
+      <c r="G28" s="172"/>
+      <c r="H28" s="172"/>
+      <c r="I28" s="172"/>
+      <c r="J28" s="172"/>
+      <c r="K28" s="172"/>
+      <c r="L28" s="172"/>
+      <c r="M28" s="172"/>
+      <c r="N28" s="172"/>
+    </row>
+    <row r="29" spans="1:14" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="168" t="s">
+        <v>20</v>
+      </c>
+      <c r="B29" s="169"/>
+      <c r="C29" s="169"/>
+      <c r="D29" s="169"/>
+      <c r="E29" s="169"/>
+      <c r="F29" s="169"/>
+      <c r="G29" s="169"/>
+      <c r="H29" s="169"/>
+      <c r="I29" s="169"/>
+      <c r="J29" s="169"/>
+      <c r="K29" s="169"/>
+      <c r="L29" s="169"/>
+      <c r="M29" s="169"/>
+      <c r="N29" s="169"/>
+    </row>
+    <row r="30" spans="1:14" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="168" t="s">
+        <v>21</v>
+      </c>
+      <c r="B30" s="169"/>
+      <c r="C30" s="169"/>
+      <c r="D30" s="169"/>
+      <c r="E30" s="169"/>
+      <c r="F30" s="169"/>
+      <c r="G30" s="169"/>
+      <c r="H30" s="169"/>
+      <c r="I30" s="169"/>
+      <c r="J30" s="169"/>
+      <c r="K30" s="169"/>
+      <c r="L30" s="169"/>
+      <c r="M30" s="169"/>
+      <c r="N30" s="169"/>
+    </row>
+    <row r="31" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A31" s="2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14" x14ac:dyDescent="0.25"/>
+    <row r="33" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A33" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="168" t="s">
+        <v>24</v>
+      </c>
+      <c r="B34" s="169"/>
+      <c r="C34" s="169"/>
+      <c r="D34" s="169"/>
+      <c r="E34" s="169"/>
+      <c r="F34" s="169"/>
+      <c r="G34" s="169"/>
+      <c r="H34" s="169"/>
+      <c r="I34" s="169"/>
+      <c r="J34" s="169"/>
+      <c r="K34" s="169"/>
+      <c r="L34" s="169"/>
+      <c r="M34" s="169"/>
+      <c r="N34" s="169"/>
+    </row>
+    <row r="35" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A35" s="2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="168" t="s">
+        <v>26</v>
+      </c>
+      <c r="B36" s="169"/>
+      <c r="C36" s="169"/>
+      <c r="D36" s="169"/>
+      <c r="E36" s="169"/>
+      <c r="F36" s="169"/>
+      <c r="G36" s="169"/>
+      <c r="H36" s="169"/>
+      <c r="I36" s="169"/>
+      <c r="J36" s="169"/>
+      <c r="K36" s="169"/>
+      <c r="L36" s="169"/>
+      <c r="M36" s="169"/>
+      <c r="N36" s="169"/>
+    </row>
+    <row r="37" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A37" s="2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="38" spans="1:14" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="168" t="s">
+        <v>28</v>
+      </c>
+      <c r="B38" s="169"/>
+      <c r="C38" s="169"/>
+      <c r="D38" s="169"/>
+      <c r="E38" s="169"/>
+      <c r="F38" s="169"/>
+      <c r="G38" s="169"/>
+      <c r="H38" s="169"/>
+      <c r="I38" s="169"/>
+      <c r="J38" s="169"/>
+      <c r="K38" s="169"/>
+      <c r="L38" s="169"/>
+      <c r="M38" s="169"/>
+      <c r="N38" s="169"/>
+    </row>
+    <row r="39" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A39" s="2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="40" spans="1:14" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="168" t="s">
+        <v>30</v>
+      </c>
+      <c r="B40" s="169"/>
+      <c r="C40" s="169"/>
+      <c r="D40" s="169"/>
+      <c r="E40" s="169"/>
+      <c r="F40" s="169"/>
+      <c r="G40" s="169"/>
+      <c r="H40" s="169"/>
+      <c r="I40" s="169"/>
+      <c r="J40" s="169"/>
+      <c r="K40" s="169"/>
+      <c r="L40" s="169"/>
+      <c r="M40" s="169"/>
+      <c r="N40" s="169"/>
+    </row>
+    <row r="41" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A41" s="2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="42" spans="1:14" ht="48" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="168" t="s">
+        <v>32</v>
+      </c>
+      <c r="B42" s="169"/>
+      <c r="C42" s="169"/>
+      <c r="D42" s="169"/>
+      <c r="E42" s="169"/>
+      <c r="F42" s="169"/>
+      <c r="G42" s="169"/>
+      <c r="H42" s="169"/>
+      <c r="I42" s="169"/>
+      <c r="J42" s="169"/>
+      <c r="K42" s="169"/>
+      <c r="L42" s="169"/>
+      <c r="M42" s="169"/>
+      <c r="N42" s="169"/>
+    </row>
+    <row r="43" spans="1:14" x14ac:dyDescent="0.25"/>
+    <row r="44" spans="1:14" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells count="8">
-    <mergeCell ref="A36:N36"/>
+  <mergeCells count="9">
     <mergeCell ref="A38:N38"/>
     <mergeCell ref="A40:N40"/>
-    <mergeCell ref="A26:N26"/>
-    <mergeCell ref="A27:N27"/>
+    <mergeCell ref="A42:N42"/>
+    <mergeCell ref="A19:N19"/>
     <mergeCell ref="A28:N28"/>
-    <mergeCell ref="A32:N32"/>
+    <mergeCell ref="A29:N29"/>
+    <mergeCell ref="A30:N30"/>
     <mergeCell ref="A34:N34"/>
+    <mergeCell ref="A36:N36"/>
   </mergeCells>
-  <phoneticPr fontId="19" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="8" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;CVersion 1.0
 1. februar 2023</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0B5260B3-8F96-443F-94A5-9A4E67A3C534}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2EBBC200-436A-42CE-97DC-250DA9BE0690}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:C482"/>
+  <dimension ref="A1:F723"/>
   <sheetViews>
-    <sheetView topLeftCell="A10" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="C25" sqref="C25"/>
+    <sheetView topLeftCell="B1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <selection activeCell="E1" sqref="E1:E1048576"/>
+      <selection pane="bottomLeft" activeCell="D538" sqref="D538"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="5.5703125" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="9.140625" hidden="1"/>
+    <col min="1" max="1" width="11.58203125" style="7" hidden="1" customWidth="1"/>
+    <col min="2" max="2" width="12.25" style="7" customWidth="1"/>
+    <col min="3" max="3" width="16.5" style="7" customWidth="1"/>
+    <col min="4" max="4" width="103" style="7" customWidth="1"/>
+    <col min="5" max="5" width="14.5" style="7" hidden="1" customWidth="1"/>
+    <col min="6" max="6" width="31.5" style="7" hidden="1" customWidth="1"/>
+    <col min="7" max="16384" width="115.5" style="7" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="1">
+    <row r="1" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B1" s="4" t="s">
+        <v>369</v>
+      </c>
+      <c r="C1" s="5" t="s">
+        <v>370</v>
+      </c>
+      <c r="D1" s="6" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="2" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B2" s="4">
         <v>1000</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="C2" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D2" s="6" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="3" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B3" s="8">
+        <v>1001</v>
+      </c>
+      <c r="C3" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D3" s="9" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="4" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B4" s="10">
+        <v>1010</v>
+      </c>
+      <c r="C4" s="11"/>
+      <c r="D4" s="12" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="5" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B5" s="10">
+        <v>1050</v>
+      </c>
+      <c r="C5" s="13"/>
+      <c r="D5" s="12" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="6" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B6" s="10">
+        <v>1100</v>
+      </c>
+      <c r="C6" s="11"/>
+      <c r="D6" s="12" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="7" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B7" s="10">
+        <v>1150</v>
+      </c>
+      <c r="C7" s="11"/>
+      <c r="D7" s="12" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="8" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B8" s="10">
+        <v>1200</v>
+      </c>
+      <c r="C8" s="11"/>
+      <c r="D8" s="12" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="9" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B9" s="10">
+        <v>1210</v>
+      </c>
+      <c r="C9" s="11"/>
+      <c r="D9" s="12" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="10" spans="2:4" ht="17.5" x14ac:dyDescent="0.35">
+      <c r="B10" s="10">
+        <v>1250</v>
+      </c>
+      <c r="C10" s="14"/>
+      <c r="D10" s="15" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="11" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B11" s="10">
+        <v>1300</v>
+      </c>
+      <c r="C11" s="11"/>
+      <c r="D11" s="12" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="12" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B12" s="16">
+        <v>1390</v>
+      </c>
+      <c r="C12" s="17" t="s">
+        <v>382</v>
+      </c>
+      <c r="D12" s="18" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="13" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B13" s="8">
+        <v>1400</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D13" s="9" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="14" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B14" s="10">
+        <v>1410</v>
+      </c>
+      <c r="C14" s="11"/>
+      <c r="D14" s="12" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="15" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B15" s="10">
+        <v>1430</v>
+      </c>
+      <c r="C15" s="11"/>
+      <c r="D15" s="12" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="16" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B16" s="19">
+        <v>1450</v>
+      </c>
+      <c r="C16" s="20"/>
+      <c r="D16" s="12" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B17" s="10">
+        <v>1460</v>
+      </c>
+      <c r="C17" s="11"/>
+      <c r="D17" s="12" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B18" s="16">
+        <v>1490</v>
+      </c>
+      <c r="C18" s="17" t="s">
+        <v>388</v>
+      </c>
+      <c r="D18" s="18" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B19" s="8">
+        <v>1495</v>
+      </c>
+      <c r="C19" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D19" s="21" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B20" s="19">
+        <v>1496</v>
+      </c>
+      <c r="C20" s="19"/>
+      <c r="D20" s="12" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B21" s="16">
+        <v>1497</v>
+      </c>
+      <c r="C21" s="17" t="s">
+        <v>390</v>
+      </c>
+      <c r="D21" s="18" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B22" s="8">
+        <v>1500</v>
+      </c>
+      <c r="C22" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D22" s="9" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B23" s="10">
+        <v>1510</v>
+      </c>
+      <c r="C23" s="11"/>
+      <c r="D23" s="12" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B24" s="10">
+        <v>1530</v>
+      </c>
+      <c r="C24" s="11"/>
+      <c r="D24" s="12" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B25" s="19">
+        <v>1545</v>
+      </c>
+      <c r="C25" s="19"/>
+      <c r="D25" s="12" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B26" s="10">
+        <v>1550</v>
+      </c>
+      <c r="C26" s="11"/>
+      <c r="D26" s="12" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B27" s="16">
+        <v>1590</v>
+      </c>
+      <c r="C27" s="17" t="s">
+        <v>396</v>
+      </c>
+      <c r="D27" s="18" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B28" s="8">
+        <v>1595</v>
+      </c>
+      <c r="C28" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D28" s="21" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B29" s="8">
+        <v>1600</v>
+      </c>
+      <c r="C29" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D29" s="21" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B30" s="10">
+        <v>1610</v>
+      </c>
+      <c r="C30" s="11"/>
+      <c r="D30" s="12" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B31" s="10">
+        <v>1630</v>
+      </c>
+      <c r="C31" s="11"/>
+      <c r="D31" s="12" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B32" s="10">
+        <v>1650</v>
+      </c>
+      <c r="C32" s="11"/>
+      <c r="D32" s="12" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B33" s="10">
+        <v>1660</v>
+      </c>
+      <c r="C33" s="11"/>
+      <c r="D33" s="12" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B34" s="10">
+        <v>1710</v>
+      </c>
+      <c r="C34" s="11"/>
+      <c r="D34" s="12" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B35" s="10">
+        <v>1740</v>
+      </c>
+      <c r="C35" s="11"/>
+      <c r="D35" s="12" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B36" s="19">
+        <v>1745</v>
+      </c>
+      <c r="C36" s="22"/>
+      <c r="D36" s="12" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B37" s="19">
+        <v>1760</v>
+      </c>
+      <c r="C37" s="22"/>
+      <c r="D37" s="12" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B38" s="10">
+        <v>1770</v>
+      </c>
+      <c r="C38" s="11"/>
+      <c r="D38" s="12" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B39" s="10">
+        <v>1800</v>
+      </c>
+      <c r="C39" s="11"/>
+      <c r="D39" s="12" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B40" s="10">
+        <v>1801</v>
+      </c>
+      <c r="C40" s="11"/>
+      <c r="D40" s="12" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B41" s="19">
+        <v>1805</v>
+      </c>
+      <c r="C41" s="19"/>
+      <c r="D41" s="12" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B42" s="19">
+        <v>1807</v>
+      </c>
+      <c r="C42" s="19"/>
+      <c r="D42" s="12" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B43" s="16">
+        <v>1810</v>
+      </c>
+      <c r="C43" s="17" t="s">
+        <v>412</v>
+      </c>
+      <c r="D43" s="18" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B44" s="8">
+        <v>1820</v>
+      </c>
+      <c r="C44" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D44" s="9" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B45" s="8">
+        <v>1821</v>
+      </c>
+      <c r="C45" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D45" s="9" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B46" s="10">
+        <v>1850</v>
+      </c>
+      <c r="C46" s="11"/>
+      <c r="D46" s="12" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B47" s="10">
+        <v>1870</v>
+      </c>
+      <c r="C47" s="11"/>
+      <c r="D47" s="12" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B48" s="10">
+        <v>1910</v>
+      </c>
+      <c r="C48" s="11"/>
+      <c r="D48" s="12" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B49" s="10">
+        <v>1930</v>
+      </c>
+      <c r="C49" s="11"/>
+      <c r="D49" s="12" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B50" s="10">
+        <v>1950</v>
+      </c>
+      <c r="C50" s="11"/>
+      <c r="D50" s="12" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B51" s="10">
+        <v>1990</v>
+      </c>
+      <c r="C51" s="11"/>
+      <c r="D51" s="12" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B52" s="10">
+        <v>2000</v>
+      </c>
+      <c r="C52" s="11"/>
+      <c r="D52" s="12" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B53" s="16">
+        <v>2010</v>
+      </c>
+      <c r="C53" s="17" t="s">
+        <v>422</v>
+      </c>
+      <c r="D53" s="18" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B54" s="8">
+        <v>2020</v>
+      </c>
+      <c r="C54" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D54" s="9" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B55" s="10">
+        <v>2030</v>
+      </c>
+      <c r="C55" s="11"/>
+      <c r="D55" s="12" t="s">
         <v>424</v>
       </c>
-      <c r="C1" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A2" s="9">
+    </row>
+    <row r="56" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B56" s="10">
+        <v>2050</v>
+      </c>
+      <c r="C56" s="11"/>
+      <c r="D56" s="12" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B57" s="10">
+        <v>2060</v>
+      </c>
+      <c r="C57" s="11"/>
+      <c r="D57" s="12" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B58" s="10">
+        <v>2070</v>
+      </c>
+      <c r="C58" s="11"/>
+      <c r="D58" s="12" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B59" s="10">
+        <v>2080</v>
+      </c>
+      <c r="C59" s="11"/>
+      <c r="D59" s="12" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B60" s="19">
+        <v>2085</v>
+      </c>
+      <c r="C60" s="19"/>
+      <c r="D60" s="12" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B61" s="10">
+        <v>2090</v>
+      </c>
+      <c r="C61" s="11"/>
+      <c r="D61" s="12" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B62" s="10">
+        <v>2100</v>
+      </c>
+      <c r="C62" s="11"/>
+      <c r="D62" s="23" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B63" s="10">
+        <v>2110</v>
+      </c>
+      <c r="C63" s="11"/>
+      <c r="D63" s="12" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B64" s="10">
+        <v>2120</v>
+      </c>
+      <c r="C64" s="11"/>
+      <c r="D64" s="23" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B65" s="10">
+        <v>2130</v>
+      </c>
+      <c r="C65" s="11"/>
+      <c r="D65" s="12" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B66" s="10">
+        <v>2140</v>
+      </c>
+      <c r="C66" s="11"/>
+      <c r="D66" s="12" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B67" s="10">
+        <v>2150</v>
+      </c>
+      <c r="C67" s="11"/>
+      <c r="D67" s="12" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B68" s="10">
+        <v>2160</v>
+      </c>
+      <c r="C68" s="11"/>
+      <c r="D68" s="12" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B69" s="10">
+        <v>2170</v>
+      </c>
+      <c r="C69" s="11"/>
+      <c r="D69" s="12" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B70" s="10">
+        <v>2180</v>
+      </c>
+      <c r="C70" s="11"/>
+      <c r="D70" s="12" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B71" s="10">
+        <v>2190</v>
+      </c>
+      <c r="C71" s="11"/>
+      <c r="D71" s="12" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B72" s="10">
+        <v>2200</v>
+      </c>
+      <c r="C72" s="11"/>
+      <c r="D72" s="12" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B73" s="16">
+        <v>2210</v>
+      </c>
+      <c r="C73" s="17" t="s">
+        <v>442</v>
+      </c>
+      <c r="D73" s="18" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B74" s="8">
+        <v>2220</v>
+      </c>
+      <c r="C74" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D74" s="9" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="75" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B75" s="10">
+        <v>2230</v>
+      </c>
+      <c r="C75" s="11"/>
+      <c r="D75" s="12" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="76" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B76" s="10">
+        <v>2240</v>
+      </c>
+      <c r="C76" s="11"/>
+      <c r="D76" s="12" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="77" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B77" s="10">
+        <v>2255</v>
+      </c>
+      <c r="C77" s="11"/>
+      <c r="D77" s="12" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="78" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B78" s="10">
+        <v>2260</v>
+      </c>
+      <c r="C78" s="11"/>
+      <c r="D78" s="12" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B79" s="19">
+        <v>2265</v>
+      </c>
+      <c r="C79" s="19"/>
+      <c r="D79" s="12" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="80" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B80" s="19">
+        <v>2266</v>
+      </c>
+      <c r="C80" s="19"/>
+      <c r="D80" s="12" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="81" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B81" s="19">
+        <v>2280</v>
+      </c>
+      <c r="C81" s="19"/>
+      <c r="D81" s="12" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="82" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B82" s="19">
+        <v>2290</v>
+      </c>
+      <c r="C82" s="19"/>
+      <c r="D82" s="12" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="83" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B83" s="19">
+        <v>2295</v>
+      </c>
+      <c r="C83" s="12"/>
+      <c r="D83" s="24" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="84" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B84" s="10">
+        <v>2310</v>
+      </c>
+      <c r="C84" s="11"/>
+      <c r="D84" s="12" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="85" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B85" s="10">
+        <v>2350</v>
+      </c>
+      <c r="C85" s="11"/>
+      <c r="D85" s="12" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="86" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B86" s="10">
+        <v>2370</v>
+      </c>
+      <c r="C86" s="11"/>
+      <c r="D86" s="12" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="87" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B87" s="10">
+        <v>2375</v>
+      </c>
+      <c r="C87" s="11"/>
+      <c r="D87" s="12" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="88" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B88" s="10">
+        <v>2380</v>
+      </c>
+      <c r="C88" s="11"/>
+      <c r="D88" s="12" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="89" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B89" s="10">
+        <v>2390</v>
+      </c>
+      <c r="C89" s="11"/>
+      <c r="D89" s="12" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="90" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B90" s="10">
+        <v>2410</v>
+      </c>
+      <c r="C90" s="11"/>
+      <c r="D90" s="12" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="91" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B91" s="19">
+        <v>2430</v>
+      </c>
+      <c r="C91" s="19"/>
+      <c r="D91" s="12" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="92" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B92" s="19">
+        <v>2450</v>
+      </c>
+      <c r="C92" s="19"/>
+      <c r="D92" s="12" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="93" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B93" s="19">
+        <v>2460</v>
+      </c>
+      <c r="C93" s="19"/>
+      <c r="D93" s="12" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="94" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B94" s="19">
+        <v>2470</v>
+      </c>
+      <c r="C94" s="19"/>
+      <c r="D94" s="12" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="95" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B95" s="19">
+        <v>2480</v>
+      </c>
+      <c r="C95" s="19"/>
+      <c r="D95" s="12" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="96" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B96" s="19">
+        <v>2510</v>
+      </c>
+      <c r="C96" s="19"/>
+      <c r="D96" s="12" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="97" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B97" s="19">
+        <v>2530</v>
+      </c>
+      <c r="C97" s="19"/>
+      <c r="D97" s="12" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="98" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B98" s="19">
+        <v>2540</v>
+      </c>
+      <c r="C98" s="19"/>
+      <c r="D98" s="12" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="99" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B99" s="19">
+        <v>2548</v>
+      </c>
+      <c r="C99" s="19"/>
+      <c r="D99" s="12" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="100" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B100" s="19">
+        <v>2550</v>
+      </c>
+      <c r="C100" s="19"/>
+      <c r="D100" s="12" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="101" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B101" s="19">
+        <v>2560</v>
+      </c>
+      <c r="C101" s="19"/>
+      <c r="D101" s="12" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="102" spans="2:4" s="25" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B102" s="19">
+        <v>2567</v>
+      </c>
+      <c r="C102" s="19"/>
+      <c r="D102" s="12" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="103" spans="2:4" s="25" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B103" s="19">
+        <v>2569</v>
+      </c>
+      <c r="C103" s="19"/>
+      <c r="D103" s="12" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="104" spans="2:4" s="25" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B104" s="19">
+        <v>2580</v>
+      </c>
+      <c r="C104" s="19"/>
+      <c r="D104" s="12" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="105" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B105" s="10">
+        <v>2620</v>
+      </c>
+      <c r="C105" s="11"/>
+      <c r="D105" s="26" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="106" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B106" s="10">
+        <v>2650</v>
+      </c>
+      <c r="C106" s="11"/>
+      <c r="D106" s="12" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="107" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B107" s="10">
+        <v>2660</v>
+      </c>
+      <c r="C107" s="11"/>
+      <c r="D107" s="12" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="108" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B108" s="10">
+        <v>2670</v>
+      </c>
+      <c r="C108" s="11"/>
+      <c r="D108" s="12" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="109" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B109" s="10">
+        <v>2680</v>
+      </c>
+      <c r="C109" s="11"/>
+      <c r="D109" s="12" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="110" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B110" s="10">
+        <v>2690</v>
+      </c>
+      <c r="C110" s="11"/>
+      <c r="D110" s="12" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="111" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B111" s="10">
+        <v>2700</v>
+      </c>
+      <c r="C111" s="11"/>
+      <c r="D111" s="12" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="112" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B112" s="10">
+        <v>2710</v>
+      </c>
+      <c r="C112" s="11"/>
+      <c r="D112" s="12" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B113" s="10">
+        <v>2720</v>
+      </c>
+      <c r="C113" s="11"/>
+      <c r="D113" s="12" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B114" s="10">
+        <v>2810</v>
+      </c>
+      <c r="C114" s="11"/>
+      <c r="D114" s="12" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A115" s="27"/>
+      <c r="B115" s="17">
+        <v>2830</v>
+      </c>
+      <c r="C115" s="17" t="s">
+        <v>483</v>
+      </c>
+      <c r="D115" s="28" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B116" s="16">
+        <v>2831</v>
+      </c>
+      <c r="C116" s="17" t="s">
+        <v>484</v>
+      </c>
+      <c r="D116" s="18" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B117" s="16">
+        <v>2832</v>
+      </c>
+      <c r="C117" s="17" t="s">
+        <v>485</v>
+      </c>
+      <c r="D117" s="18" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B118" s="30">
+        <v>2840</v>
+      </c>
+      <c r="C118" s="31" t="s">
+        <v>486</v>
+      </c>
+      <c r="D118" s="32" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B119" s="8">
+        <v>2841</v>
+      </c>
+      <c r="C119" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D119" s="9" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B120" s="8">
+        <v>2842</v>
+      </c>
+      <c r="C120" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D120" s="9" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4" customFormat="1" ht="16.5" x14ac:dyDescent="0.45">
+      <c r="B121" s="10">
+        <v>2845</v>
+      </c>
+      <c r="C121" s="11"/>
+      <c r="D121" s="12" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4" customFormat="1" ht="16.5" x14ac:dyDescent="0.45">
+      <c r="B122" s="10">
+        <v>2846</v>
+      </c>
+      <c r="C122" s="11"/>
+      <c r="D122" s="12" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4" customFormat="1" ht="16.5" x14ac:dyDescent="0.45">
+      <c r="B123" s="10">
+        <v>2847</v>
+      </c>
+      <c r="C123" s="11"/>
+      <c r="D123" s="12" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B124" s="10">
+        <v>2860</v>
+      </c>
+      <c r="C124" s="11"/>
+      <c r="D124" s="12" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B125" s="10">
+        <v>2865</v>
+      </c>
+      <c r="C125" s="11"/>
+      <c r="D125" s="12" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B126" s="10">
+        <v>2866</v>
+      </c>
+      <c r="C126" s="11"/>
+      <c r="D126" s="12" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B127" s="10">
+        <v>2870</v>
+      </c>
+      <c r="C127" s="11"/>
+      <c r="D127" s="12" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B128" s="10">
+        <v>2880</v>
+      </c>
+      <c r="C128" s="11"/>
+      <c r="D128" s="12" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B129" s="10">
+        <v>2885</v>
+      </c>
+      <c r="C129" s="11"/>
+      <c r="D129" s="12" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B130" s="10">
+        <v>2887</v>
+      </c>
+      <c r="C130" s="11"/>
+      <c r="D130" s="12" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B131" s="10">
+        <v>2888</v>
+      </c>
+      <c r="C131" s="11"/>
+      <c r="D131" s="12" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B132" s="10">
+        <v>2895</v>
+      </c>
+      <c r="C132" s="11"/>
+      <c r="D132" s="12" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B133" s="19">
+        <v>2896</v>
+      </c>
+      <c r="C133" s="19"/>
+      <c r="D133" s="12" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B134" s="19">
+        <v>2897</v>
+      </c>
+      <c r="C134" s="22"/>
+      <c r="D134" s="12" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B135" s="10">
+        <v>2898</v>
+      </c>
+      <c r="C135" s="11"/>
+      <c r="D135" s="12" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A136" s="17"/>
+      <c r="B136" s="17">
+        <v>2905</v>
+      </c>
+      <c r="C136" s="17" t="s">
+        <v>505</v>
+      </c>
+      <c r="D136" s="28" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B137" s="8">
+        <v>2906</v>
+      </c>
+      <c r="C137" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D137" s="9" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B138" s="10">
+        <v>2910</v>
+      </c>
+      <c r="C138" s="11"/>
+      <c r="D138" s="12" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B139" s="10">
+        <v>2920</v>
+      </c>
+      <c r="C139" s="11"/>
+      <c r="D139" s="12" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B140" s="10">
+        <v>2925</v>
+      </c>
+      <c r="C140" s="11"/>
+      <c r="D140" s="12" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B141" s="17">
+        <v>2926</v>
+      </c>
+      <c r="C141" s="17" t="s">
+        <v>510</v>
+      </c>
+      <c r="D141" s="28" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B142" s="8">
+        <v>2927</v>
+      </c>
+      <c r="C142" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D142" s="9" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B143" s="10">
+        <v>2930</v>
+      </c>
+      <c r="C143" s="11"/>
+      <c r="D143" s="12" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B144" s="10">
+        <v>2946</v>
+      </c>
+      <c r="C144" s="11"/>
+      <c r="D144" s="12" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B145" s="10">
+        <v>2947</v>
+      </c>
+      <c r="C145" s="11"/>
+      <c r="D145" s="12" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4" s="34" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A146" s="33"/>
+      <c r="B146" s="17">
+        <v>2948</v>
+      </c>
+      <c r="C146" s="17" t="s">
+        <v>515</v>
+      </c>
+      <c r="D146" s="28" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B147" s="16">
+        <v>2990</v>
+      </c>
+      <c r="C147" s="17" t="s">
+        <v>516</v>
+      </c>
+      <c r="D147" s="18" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B148" s="8">
+        <v>2991</v>
+      </c>
+      <c r="C148" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D148" s="9" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B149" s="10">
+        <v>3000</v>
+      </c>
+      <c r="C149" s="11"/>
+      <c r="D149" s="12" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B150" s="10">
+        <v>3010</v>
+      </c>
+      <c r="C150" s="11"/>
+      <c r="D150" s="12" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B151" s="10">
+        <v>3020</v>
+      </c>
+      <c r="C151" s="11"/>
+      <c r="D151" s="12" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B152" s="10">
+        <v>3030</v>
+      </c>
+      <c r="C152" s="11"/>
+      <c r="D152" s="12" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B153" s="10">
+        <v>3040</v>
+      </c>
+      <c r="C153" s="11"/>
+      <c r="D153" s="12" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B154" s="10">
+        <v>3050</v>
+      </c>
+      <c r="C154" s="11"/>
+      <c r="D154" s="12" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B155" s="10">
+        <v>3060</v>
+      </c>
+      <c r="C155" s="11"/>
+      <c r="D155" s="12" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B156" s="10">
+        <v>3070</v>
+      </c>
+      <c r="C156" s="11"/>
+      <c r="D156" s="35" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B157" s="10">
+        <v>3080</v>
+      </c>
+      <c r="C157" s="11"/>
+      <c r="D157" s="35" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B158" s="10">
+        <v>3090</v>
+      </c>
+      <c r="C158" s="11"/>
+      <c r="D158" s="35" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="159" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B159" s="10">
+        <v>3095</v>
+      </c>
+      <c r="C159" s="11"/>
+      <c r="D159" s="35" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B160" s="10">
+        <v>3097</v>
+      </c>
+      <c r="C160" s="11"/>
+      <c r="D160" s="35" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="161" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B161" s="10">
+        <v>3099</v>
+      </c>
+      <c r="C161" s="11"/>
+      <c r="D161" s="35" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="162" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B162" s="16">
+        <v>3100</v>
+      </c>
+      <c r="C162" s="17" t="s">
+        <v>531</v>
+      </c>
+      <c r="D162" s="28" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="163" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B163" s="8">
+        <v>3120</v>
+      </c>
+      <c r="C163" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D163" s="9" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="164" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B164" s="10">
+        <v>3130</v>
+      </c>
+      <c r="C164" s="11"/>
+      <c r="D164" s="12" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="165" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B165" s="16">
+        <v>3140</v>
+      </c>
+      <c r="C165" s="17" t="s">
+        <v>533</v>
+      </c>
+      <c r="D165" s="18" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="166" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B166" s="8">
+        <v>3150</v>
+      </c>
+      <c r="C166" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D166" s="9" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="167" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B167" s="10">
+        <v>3160</v>
+      </c>
+      <c r="C167" s="11"/>
+      <c r="D167" s="12" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="168" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B168" s="10">
+        <v>3165</v>
+      </c>
+      <c r="C168" s="11"/>
+      <c r="D168" s="12" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="169" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B169" s="10">
+        <v>3170</v>
+      </c>
+      <c r="C169" s="11"/>
+      <c r="D169" s="12" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="170" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B170" s="16">
+        <v>3175</v>
+      </c>
+      <c r="C170" s="17" t="s">
+        <v>538</v>
+      </c>
+      <c r="D170" s="18" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="171" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B171" s="8">
+        <v>3180</v>
+      </c>
+      <c r="C171" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D171" s="9" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="172" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B172" s="36">
+        <v>3185</v>
+      </c>
+      <c r="C172" s="36"/>
+      <c r="D172" s="35" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="173" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B173" s="16">
+        <v>3190</v>
+      </c>
+      <c r="C173" s="17" t="s">
+        <v>541</v>
+      </c>
+      <c r="D173" s="18" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="174" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B174" s="8">
+        <v>3191</v>
+      </c>
+      <c r="C174" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D174" s="9" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="175" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B175" s="37">
+        <v>3192</v>
+      </c>
+      <c r="C175" s="37" t="s">
+        <v>35</v>
+      </c>
+      <c r="D175" s="38" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="176" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B176" s="39">
+        <v>3193</v>
+      </c>
+      <c r="C176" s="40"/>
+      <c r="D176" s="41" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="177" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B177" s="39">
+        <v>3194</v>
+      </c>
+      <c r="C177" s="40"/>
+      <c r="D177" s="41" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="178" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B178" s="39">
+        <v>3196</v>
+      </c>
+      <c r="C178" s="40"/>
+      <c r="D178" s="41" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="179" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B179" s="39">
+        <v>3197</v>
+      </c>
+      <c r="C179" s="40"/>
+      <c r="D179" s="41" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="180" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B180" s="39">
+        <v>3198</v>
+      </c>
+      <c r="C180" s="40"/>
+      <c r="D180" s="41" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="181" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B181" s="42">
+        <v>3200</v>
+      </c>
+      <c r="C181" s="43"/>
+      <c r="D181" s="44" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="182" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B182" s="16">
+        <v>3205</v>
+      </c>
+      <c r="C182" s="17" t="s">
+        <v>550</v>
+      </c>
+      <c r="D182" s="18" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="183" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B183" s="8">
+        <v>3210</v>
+      </c>
+      <c r="C183" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D183" s="9" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="184" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B184" s="10">
+        <v>3211</v>
+      </c>
+      <c r="C184" s="13"/>
+      <c r="D184" s="35" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="185" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B185" s="10">
+        <v>3212</v>
+      </c>
+      <c r="C185" s="13"/>
+      <c r="D185" s="35" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="186" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B186" s="10">
+        <v>3214</v>
+      </c>
+      <c r="C186" s="13"/>
+      <c r="D186" s="35" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="187" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B187" s="10">
+        <v>3215</v>
+      </c>
+      <c r="C187" s="13"/>
+      <c r="D187" s="35" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="188" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B188" s="10">
+        <v>3216</v>
+      </c>
+      <c r="C188" s="13"/>
+      <c r="D188" s="35" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="189" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B189" s="10">
+        <v>3217</v>
+      </c>
+      <c r="C189" s="13"/>
+      <c r="D189" s="35" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="190" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B190" s="16">
+        <v>3219</v>
+      </c>
+      <c r="C190" s="17" t="s">
+        <v>558</v>
+      </c>
+      <c r="D190" s="18" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="191" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B191" s="8">
+        <v>3220</v>
+      </c>
+      <c r="C191" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D191" s="9" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="192" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B192" s="10">
+        <v>3221</v>
+      </c>
+      <c r="C192" s="13"/>
+      <c r="D192" s="35" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="193" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B193" s="10">
+        <v>3222</v>
+      </c>
+      <c r="C193" s="13"/>
+      <c r="D193" s="35" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="194" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B194" s="10">
+        <v>3224</v>
+      </c>
+      <c r="C194" s="13"/>
+      <c r="D194" s="35" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="195" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B195" s="10">
+        <v>3225</v>
+      </c>
+      <c r="C195" s="13"/>
+      <c r="D195" s="35" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="196" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B196" s="10">
+        <v>3226</v>
+      </c>
+      <c r="C196" s="13"/>
+      <c r="D196" s="35" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="197" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B197" s="10">
+        <v>3230</v>
+      </c>
+      <c r="C197" s="13"/>
+      <c r="D197" s="35" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="198" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B198" s="16">
+        <v>3240</v>
+      </c>
+      <c r="C198" s="17" t="s">
+        <v>566</v>
+      </c>
+      <c r="D198" s="18" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="199" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B199" s="16">
+        <v>3250</v>
+      </c>
+      <c r="C199" s="17" t="s">
+        <v>567</v>
+      </c>
+      <c r="D199" s="18" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="200" spans="2:4" customFormat="1" ht="16.5" x14ac:dyDescent="0.45">
+      <c r="B200" s="8">
+        <v>3251</v>
+      </c>
+      <c r="C200" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D200" s="9" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="201" spans="2:4" customFormat="1" ht="16.5" x14ac:dyDescent="0.45">
+      <c r="B201" s="10">
+        <v>3252</v>
+      </c>
+      <c r="C201" s="10"/>
+      <c r="D201" s="10" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="202" spans="2:4" customFormat="1" ht="16.5" x14ac:dyDescent="0.45">
+      <c r="B202" s="16">
+        <v>3260</v>
+      </c>
+      <c r="C202" s="17" t="s">
+        <v>569</v>
+      </c>
+      <c r="D202" s="18" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="203" spans="2:4" customFormat="1" ht="16.5" x14ac:dyDescent="0.45">
+      <c r="B203" s="8">
+        <v>3261</v>
+      </c>
+      <c r="C203" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D203" s="9" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="204" spans="2:4" customFormat="1" ht="16.5" x14ac:dyDescent="0.45">
+      <c r="B204" s="10">
+        <v>3262</v>
+      </c>
+      <c r="C204" s="10"/>
+      <c r="D204" s="10" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="205" spans="2:4" customFormat="1" ht="16.5" x14ac:dyDescent="0.45">
+      <c r="B205" s="16">
+        <v>3270</v>
+      </c>
+      <c r="C205" s="17" t="s">
+        <v>571</v>
+      </c>
+      <c r="D205" s="18" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="206" spans="2:4" customFormat="1" ht="16.5" x14ac:dyDescent="0.45">
+      <c r="B206" s="8">
+        <v>3271</v>
+      </c>
+      <c r="C206" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D206" s="9" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="207" spans="2:4" customFormat="1" ht="16.5" x14ac:dyDescent="0.45">
+      <c r="B207" s="10">
+        <v>3272</v>
+      </c>
+      <c r="C207" s="10"/>
+      <c r="D207" s="10" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="208" spans="2:4" customFormat="1" ht="16.5" x14ac:dyDescent="0.45">
+      <c r="B208" s="16">
+        <v>3280</v>
+      </c>
+      <c r="C208" s="17" t="s">
+        <v>573</v>
+      </c>
+      <c r="D208" s="18" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="209" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B209" s="8">
+        <v>3370</v>
+      </c>
+      <c r="C209" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D209" s="9" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="210" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B210" s="10">
+        <v>3380</v>
+      </c>
+      <c r="C210" s="11"/>
+      <c r="D210" s="12" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="211" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B211" s="10">
+        <v>3385</v>
+      </c>
+      <c r="C211" s="11"/>
+      <c r="D211" s="12" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="212" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B212" s="10">
+        <v>3390</v>
+      </c>
+      <c r="C212" s="11"/>
+      <c r="D212" s="12" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="213" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B213" s="10">
+        <v>3395</v>
+      </c>
+      <c r="C213" s="11"/>
+      <c r="D213" s="12" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="214" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B214" s="10">
+        <v>3400</v>
+      </c>
+      <c r="C214" s="11"/>
+      <c r="D214" s="12" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="215" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B215" s="16">
+        <v>3410</v>
+      </c>
+      <c r="C215" s="17" t="s">
+        <v>580</v>
+      </c>
+      <c r="D215" s="18" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="216" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B216" s="8">
+        <v>3411</v>
+      </c>
+      <c r="C216" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D216" s="9" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="217" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B217" s="10">
+        <v>3440</v>
+      </c>
+      <c r="C217" s="11"/>
+      <c r="D217" s="12" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="218" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B218" s="10">
+        <v>3445</v>
+      </c>
+      <c r="C218" s="11"/>
+      <c r="D218" s="12" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="219" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B219" s="16">
+        <v>3450</v>
+      </c>
+      <c r="C219" s="17" t="s">
+        <v>584</v>
+      </c>
+      <c r="D219" s="18" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="220" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B220" s="8">
+        <v>3451</v>
+      </c>
+      <c r="C220" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D220" s="9" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="221" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B221" s="10">
+        <v>3470</v>
+      </c>
+      <c r="C221" s="11"/>
+      <c r="D221" s="12" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="222" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B222" s="10">
+        <v>3490</v>
+      </c>
+      <c r="C222" s="11"/>
+      <c r="D222" s="12" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="223" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B223" s="10">
+        <v>3510</v>
+      </c>
+      <c r="C223" s="11"/>
+      <c r="D223" s="12" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="224" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B224" s="10">
+        <v>3530</v>
+      </c>
+      <c r="C224" s="11"/>
+      <c r="D224" s="12" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="225" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B225" s="10">
+        <v>3535</v>
+      </c>
+      <c r="C225" s="11"/>
+      <c r="D225" s="12" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="226" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B226" s="10">
+        <v>3536</v>
+      </c>
+      <c r="C226" s="11"/>
+      <c r="D226" s="12" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="227" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B227" s="10">
+        <v>3537</v>
+      </c>
+      <c r="C227" s="11"/>
+      <c r="D227" s="12" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="228" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B228" s="16">
+        <v>3540</v>
+      </c>
+      <c r="C228" s="17" t="s">
+        <v>593</v>
+      </c>
+      <c r="D228" s="18" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="229" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B229" s="8">
+        <v>3541</v>
+      </c>
+      <c r="C229" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D229" s="9" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="230" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B230" s="10">
+        <v>3560</v>
+      </c>
+      <c r="C230" s="11"/>
+      <c r="D230" s="12" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="231" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B231" s="16">
+        <v>3570</v>
+      </c>
+      <c r="C231" s="17" t="s">
+        <v>596</v>
+      </c>
+      <c r="D231" s="18" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="232" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B232" s="8">
+        <v>3571</v>
+      </c>
+      <c r="C232" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D232" s="9" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="233" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B233" s="8">
+        <v>3572</v>
+      </c>
+      <c r="C233" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D233" s="9" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="234" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B234" s="10">
+        <v>3590</v>
+      </c>
+      <c r="C234" s="11"/>
+      <c r="D234" s="12" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="235" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B235" s="10">
+        <v>3596</v>
+      </c>
+      <c r="C235" s="11"/>
+      <c r="D235" s="35" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="236" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B236" s="16">
+        <v>3600</v>
+      </c>
+      <c r="C236" s="17" t="s">
+        <v>600</v>
+      </c>
+      <c r="D236" s="18" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="237" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B237" s="8">
+        <v>3601</v>
+      </c>
+      <c r="C237" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D237" s="9" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="238" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B238" s="10">
+        <v>3610</v>
+      </c>
+      <c r="C238" s="11"/>
+      <c r="D238" s="12" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="239" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B239" s="10">
+        <v>3630</v>
+      </c>
+      <c r="C239" s="11"/>
+      <c r="D239" s="35" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="240" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B240" s="10">
+        <v>3640</v>
+      </c>
+      <c r="C240" s="11"/>
+      <c r="D240" s="35" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="241" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B241" s="10">
+        <v>3650</v>
+      </c>
+      <c r="C241" s="11"/>
+      <c r="D241" s="35" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="242" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B242" s="10">
+        <v>3670</v>
+      </c>
+      <c r="C242" s="11"/>
+      <c r="D242" s="35" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="243" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B243" s="10">
+        <v>3675</v>
+      </c>
+      <c r="C243" s="11"/>
+      <c r="D243" s="35" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="244" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B244" s="10">
+        <v>3690</v>
+      </c>
+      <c r="C244" s="11"/>
+      <c r="D244" s="35" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="245" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B245" s="16">
+        <v>3700</v>
+      </c>
+      <c r="C245" s="17" t="s">
+        <v>608</v>
+      </c>
+      <c r="D245" s="18" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="246" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B246" s="16">
+        <v>3701</v>
+      </c>
+      <c r="C246" s="17" t="s">
+        <v>609</v>
+      </c>
+      <c r="D246" s="18" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="247" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B247" s="8">
+        <v>3702</v>
+      </c>
+      <c r="C247" s="8" t="s">
+        <v>610</v>
+      </c>
+      <c r="D247" s="9" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="248" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B248" s="8">
+        <v>3703</v>
+      </c>
+      <c r="C248" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D248" s="9" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="249" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B249" s="10">
+        <v>3740</v>
+      </c>
+      <c r="C249" s="11"/>
+      <c r="D249" s="45" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="250" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B250" s="10">
+        <v>3760</v>
+      </c>
+      <c r="C250" s="11"/>
+      <c r="D250" s="12" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="251" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B251" s="10">
+        <v>3780</v>
+      </c>
+      <c r="C251" s="11"/>
+      <c r="D251" s="12" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="252" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B252" s="16">
+        <v>3790</v>
+      </c>
+      <c r="C252" s="17" t="s">
+        <v>616</v>
+      </c>
+      <c r="D252" s="18" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="253" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B253" s="8">
+        <v>3791</v>
+      </c>
+      <c r="C253" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D253" s="9" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="254" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B254" s="10">
+        <v>3810</v>
+      </c>
+      <c r="C254" s="11"/>
+      <c r="D254" s="12" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="255" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B255" s="16">
+        <v>3820</v>
+      </c>
+      <c r="C255" s="17" t="s">
+        <v>618</v>
+      </c>
+      <c r="D255" s="18" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="256" spans="2:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B256" s="46">
+        <v>4999</v>
+      </c>
+      <c r="C256" s="47" t="s">
+        <v>619</v>
+      </c>
+      <c r="D256" s="48" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B257" s="49">
+        <v>5000</v>
+      </c>
+      <c r="C257" s="50" t="s">
+        <v>35</v>
+      </c>
+      <c r="D257" s="51" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B258" s="49">
+        <v>5001</v>
+      </c>
+      <c r="C258" s="50" t="s">
+        <v>35</v>
+      </c>
+      <c r="D258" s="52" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B259" s="8">
+        <v>5002</v>
+      </c>
+      <c r="C259" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D259" s="21" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B260" s="8">
+        <v>5003</v>
+      </c>
+      <c r="C260" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D260" s="21" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B261" s="8">
+        <v>5004</v>
+      </c>
+      <c r="C261" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D261" s="21" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4" ht="31" x14ac:dyDescent="0.35">
+      <c r="B262" s="19">
+        <v>5010</v>
+      </c>
+      <c r="C262" s="19"/>
+      <c r="D262" s="12" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4" ht="31" x14ac:dyDescent="0.35">
+      <c r="B263" s="19">
+        <v>5011</v>
+      </c>
+      <c r="C263" s="19"/>
+      <c r="D263" s="12" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4" ht="31" x14ac:dyDescent="0.35">
+      <c r="B264" s="19">
+        <v>5012</v>
+      </c>
+      <c r="C264" s="19"/>
+      <c r="D264" s="12" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4" ht="31" x14ac:dyDescent="0.35">
+      <c r="B265" s="22">
+        <v>5015</v>
+      </c>
+      <c r="C265" s="22"/>
+      <c r="D265" s="24" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4" ht="31" x14ac:dyDescent="0.35">
+      <c r="B266" s="19">
+        <v>5020</v>
+      </c>
+      <c r="C266" s="19"/>
+      <c r="D266" s="12" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4" ht="31" x14ac:dyDescent="0.35">
+      <c r="B267" s="19">
+        <v>5021</v>
+      </c>
+      <c r="C267" s="19"/>
+      <c r="D267" s="12" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4" ht="31" x14ac:dyDescent="0.35">
+      <c r="B268" s="19">
+        <v>5022</v>
+      </c>
+      <c r="C268" s="19"/>
+      <c r="D268" s="12" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4" ht="31" x14ac:dyDescent="0.35">
+      <c r="B269" s="19">
+        <v>5030</v>
+      </c>
+      <c r="C269" s="19"/>
+      <c r="D269" s="12" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4" ht="31" x14ac:dyDescent="0.35">
+      <c r="B270" s="19">
+        <v>5031</v>
+      </c>
+      <c r="C270" s="19"/>
+      <c r="D270" s="12" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4" ht="31" x14ac:dyDescent="0.35">
+      <c r="B271" s="19">
+        <v>5032</v>
+      </c>
+      <c r="C271" s="19"/>
+      <c r="D271" s="12" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A272" s="17"/>
+      <c r="B272" s="16">
+        <v>5040</v>
+      </c>
+      <c r="C272" s="17" t="s">
+        <v>636</v>
+      </c>
+      <c r="D272" s="18" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A273" s="17"/>
+      <c r="B273" s="17">
+        <v>5041</v>
+      </c>
+      <c r="C273" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="D273" s="28" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A274" s="17"/>
+      <c r="B274" s="19">
+        <v>5042</v>
+      </c>
+      <c r="C274" s="19"/>
+      <c r="D274" s="12" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A275" s="17"/>
+      <c r="B275" s="19">
+        <v>5043</v>
+      </c>
+      <c r="C275" s="19"/>
+      <c r="D275" s="12" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A276" s="17"/>
+      <c r="B276" s="19">
+        <v>5044</v>
+      </c>
+      <c r="C276" s="19"/>
+      <c r="D276" s="12" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A277" s="53"/>
+      <c r="B277" s="19">
+        <v>5050</v>
+      </c>
+      <c r="C277" s="19"/>
+      <c r="D277" s="12" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A278" s="53"/>
+      <c r="B278" s="19">
+        <v>5051</v>
+      </c>
+      <c r="C278" s="19"/>
+      <c r="D278" s="12" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A279" s="53"/>
+      <c r="B279" s="19">
+        <v>5052</v>
+      </c>
+      <c r="C279" s="19"/>
+      <c r="D279" s="12" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A280" s="53"/>
+      <c r="B280" s="19">
+        <v>5055</v>
+      </c>
+      <c r="C280" s="19"/>
+      <c r="D280" s="12" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A281" s="53"/>
+      <c r="B281" s="19">
+        <v>5056</v>
+      </c>
+      <c r="C281" s="19"/>
+      <c r="D281" s="12" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A282" s="17"/>
+      <c r="B282" s="19">
+        <v>5057</v>
+      </c>
+      <c r="C282" s="19"/>
+      <c r="D282" s="12" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="283" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A283" s="17"/>
+      <c r="B283" s="17">
+        <v>5060</v>
+      </c>
+      <c r="C283" s="17" t="s">
+        <v>647</v>
+      </c>
+      <c r="D283" s="28" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="284" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B284" s="8">
+        <v>5061</v>
+      </c>
+      <c r="C284" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D284" s="21" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="285" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B285" s="19">
+        <v>5062</v>
+      </c>
+      <c r="C285" s="19"/>
+      <c r="D285" s="12" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="286" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B286" s="19">
+        <v>5063</v>
+      </c>
+      <c r="C286" s="19"/>
+      <c r="D286" s="12" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="287" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B287" s="19">
+        <v>5064</v>
+      </c>
+      <c r="C287" s="19"/>
+      <c r="D287" s="12" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="288" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B288" s="19">
+        <v>5075</v>
+      </c>
+      <c r="C288" s="19"/>
+      <c r="D288" s="12" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="289" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B289" s="19">
+        <v>5076</v>
+      </c>
+      <c r="C289" s="19"/>
+      <c r="D289" s="12" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="290" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B290" s="19">
+        <v>5077</v>
+      </c>
+      <c r="C290" s="19"/>
+      <c r="D290" s="12" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="291" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A291" s="17"/>
+      <c r="B291" s="17">
+        <v>5079</v>
+      </c>
+      <c r="C291" s="17" t="s">
+        <v>655</v>
+      </c>
+      <c r="D291" s="28" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="292" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B292" s="8">
+        <v>5080</v>
+      </c>
+      <c r="C292" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D292" s="21" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="293" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B293" s="19">
+        <v>5085</v>
+      </c>
+      <c r="C293" s="19"/>
+      <c r="D293" s="12" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="294" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B294" s="19">
+        <v>5090</v>
+      </c>
+      <c r="C294" s="19"/>
+      <c r="D294" s="12" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="295" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B295" s="19">
+        <v>5095</v>
+      </c>
+      <c r="C295" s="19"/>
+      <c r="D295" s="12" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="296" spans="1:4" ht="31" x14ac:dyDescent="0.35">
+      <c r="B296" s="22">
+        <v>5100</v>
+      </c>
+      <c r="C296" s="22"/>
+      <c r="D296" s="24" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="297" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B297" s="19">
+        <v>5110</v>
+      </c>
+      <c r="C297" s="19"/>
+      <c r="D297" s="12" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="298" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B298" s="19">
+        <v>5111</v>
+      </c>
+      <c r="C298" s="19"/>
+      <c r="D298" s="12" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="299" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B299" s="19">
+        <v>5112</v>
+      </c>
+      <c r="C299" s="19"/>
+      <c r="D299" s="12" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="300" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A300" s="17"/>
+      <c r="B300" s="17">
+        <v>5120</v>
+      </c>
+      <c r="C300" s="17" t="s">
+        <v>664</v>
+      </c>
+      <c r="D300" s="28" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="301" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A301" s="17"/>
+      <c r="B301" s="17">
+        <v>5141</v>
+      </c>
+      <c r="C301" s="17" t="s">
+        <v>665</v>
+      </c>
+      <c r="D301" s="28" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="302" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B302" s="8">
+        <v>5142</v>
+      </c>
+      <c r="C302" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D302" s="21" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="303" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B303" s="8">
+        <v>5150</v>
+      </c>
+      <c r="C303" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D303" s="21" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="304" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B304" s="19">
+        <v>5160</v>
+      </c>
+      <c r="C304" s="19"/>
+      <c r="D304" s="12" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="305" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B305" s="19">
+        <v>5170</v>
+      </c>
+      <c r="C305" s="19"/>
+      <c r="D305" s="12" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B306" s="19">
+        <v>5180</v>
+      </c>
+      <c r="C306" s="19"/>
+      <c r="D306" s="12" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="307" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B307" s="19">
+        <v>5185</v>
+      </c>
+      <c r="C307" s="19"/>
+      <c r="D307" s="12" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="308" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B308" s="19">
+        <v>5190</v>
+      </c>
+      <c r="C308" s="19"/>
+      <c r="D308" s="12" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="309" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B309" s="19">
+        <v>5200</v>
+      </c>
+      <c r="C309" s="19"/>
+      <c r="D309" s="12" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="310" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B310" s="19">
+        <v>5201</v>
+      </c>
+      <c r="C310" s="19"/>
+      <c r="D310" s="12" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="311" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B311" s="19">
+        <v>5205</v>
+      </c>
+      <c r="C311" s="19"/>
+      <c r="D311" s="12" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="312" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B312" s="19">
+        <v>5210</v>
+      </c>
+      <c r="C312" s="19"/>
+      <c r="D312" s="12" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="313" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B313" s="19">
+        <v>5220</v>
+      </c>
+      <c r="C313" s="19"/>
+      <c r="D313" s="12" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="314" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A314" s="17"/>
+      <c r="B314" s="17">
+        <v>5230</v>
+      </c>
+      <c r="C314" s="17" t="s">
+        <v>678</v>
+      </c>
+      <c r="D314" s="28" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="315" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B315" s="8">
+        <v>5231</v>
+      </c>
+      <c r="C315" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D315" s="21" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="316" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B316" s="19">
+        <v>5240</v>
+      </c>
+      <c r="C316" s="19"/>
+      <c r="D316" s="12" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="317" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B317" s="19">
+        <v>5250</v>
+      </c>
+      <c r="C317" s="19"/>
+      <c r="D317" s="12" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="318" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B318" s="19">
+        <v>5260</v>
+      </c>
+      <c r="C318" s="19"/>
+      <c r="D318" s="12" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="319" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B319" s="19">
+        <v>5265</v>
+      </c>
+      <c r="C319" s="19"/>
+      <c r="D319" s="12" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="320" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B320" s="19">
+        <v>5280</v>
+      </c>
+      <c r="C320" s="19"/>
+      <c r="D320" s="12" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="321" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B321" s="19">
+        <v>5281</v>
+      </c>
+      <c r="C321" s="19"/>
+      <c r="D321" s="12" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B322" s="19">
+        <v>5282</v>
+      </c>
+      <c r="C322" s="19"/>
+      <c r="D322" s="12" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="323" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B323" s="19">
+        <v>5290</v>
+      </c>
+      <c r="C323" s="19"/>
+      <c r="D323" s="12" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="324" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B324" s="19">
+        <v>5300</v>
+      </c>
+      <c r="C324" s="19"/>
+      <c r="D324" s="12" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="325" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A325" s="17"/>
+      <c r="B325" s="17">
+        <v>5310</v>
+      </c>
+      <c r="C325" s="17" t="s">
+        <v>688</v>
+      </c>
+      <c r="D325" s="28" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="326" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B326" s="8">
+        <v>5311</v>
+      </c>
+      <c r="C326" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D326" s="21" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="327" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B327" s="19">
+        <v>5320</v>
+      </c>
+      <c r="C327" s="19"/>
+      <c r="D327" s="12" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="328" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B328" s="19">
+        <v>5330</v>
+      </c>
+      <c r="C328" s="19"/>
+      <c r="D328" s="12" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="329" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B329" s="19">
+        <v>5340</v>
+      </c>
+      <c r="C329" s="19"/>
+      <c r="D329" s="12" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="330" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B330" s="19">
+        <v>5350</v>
+      </c>
+      <c r="C330" s="19"/>
+      <c r="D330" s="12" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="331" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B331" s="19">
+        <v>5370</v>
+      </c>
+      <c r="C331" s="19"/>
+      <c r="D331" s="12" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="332" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B332" s="19">
+        <v>5371</v>
+      </c>
+      <c r="C332" s="19"/>
+      <c r="D332" s="12" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="333" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B333" s="19">
+        <v>5372</v>
+      </c>
+      <c r="C333" s="19"/>
+      <c r="D333" s="12" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="334" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B334" s="19">
+        <v>5390</v>
+      </c>
+      <c r="C334" s="19"/>
+      <c r="D334" s="12" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="335" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B335" s="19">
+        <v>5400</v>
+      </c>
+      <c r="C335" s="19"/>
+      <c r="D335" s="12" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="336" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A336" s="17"/>
+      <c r="B336" s="17">
+        <v>5410</v>
+      </c>
+      <c r="C336" s="17" t="s">
+        <v>699</v>
+      </c>
+      <c r="D336" s="28" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="337" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B337" s="8">
+        <v>5411</v>
+      </c>
+      <c r="C337" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D337" s="21" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="338" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B338" s="19">
+        <v>5420</v>
+      </c>
+      <c r="C338" s="19"/>
+      <c r="D338" s="12" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="339" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B339" s="19">
+        <v>5430</v>
+      </c>
+      <c r="C339" s="19"/>
+      <c r="D339" s="12" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="340" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B340" s="19">
+        <v>5440</v>
+      </c>
+      <c r="C340" s="19"/>
+      <c r="D340" s="12" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="341" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B341" s="19">
+        <v>5450</v>
+      </c>
+      <c r="C341" s="19"/>
+      <c r="D341" s="12" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="342" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B342" s="19">
+        <v>5451</v>
+      </c>
+      <c r="C342" s="19"/>
+      <c r="D342" s="12" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="343" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B343" s="19">
+        <v>5452</v>
+      </c>
+      <c r="C343" s="19"/>
+      <c r="D343" s="12" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="344" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B344" s="19">
+        <v>5470</v>
+      </c>
+      <c r="C344" s="19"/>
+      <c r="D344" s="12" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="345" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B345" s="19">
+        <v>5480</v>
+      </c>
+      <c r="C345" s="19"/>
+      <c r="D345" s="12" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="346" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A346" s="17"/>
+      <c r="B346" s="17">
+        <v>5490</v>
+      </c>
+      <c r="C346" s="17" t="s">
+        <v>709</v>
+      </c>
+      <c r="D346" s="28" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="347" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B347" s="8">
+        <v>5491</v>
+      </c>
+      <c r="C347" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D347" s="21" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="348" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B348" s="19">
+        <v>5500</v>
+      </c>
+      <c r="C348" s="19"/>
+      <c r="D348" s="12" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="349" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B349" s="19">
+        <v>5510</v>
+      </c>
+      <c r="C349" s="19"/>
+      <c r="D349" s="12" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="350" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B350" s="19">
+        <v>5520</v>
+      </c>
+      <c r="C350" s="19"/>
+      <c r="D350" s="12" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="351" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B351" s="19">
+        <v>5530</v>
+      </c>
+      <c r="C351" s="19"/>
+      <c r="D351" s="12" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="352" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B352" s="19">
+        <v>5531</v>
+      </c>
+      <c r="C352" s="19"/>
+      <c r="D352" s="12" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="353" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B353" s="19">
+        <v>5532</v>
+      </c>
+      <c r="C353" s="19"/>
+      <c r="D353" s="12" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="354" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B354" s="19">
+        <v>5540</v>
+      </c>
+      <c r="C354" s="19"/>
+      <c r="D354" s="12" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="355" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B355" s="19">
+        <v>5550</v>
+      </c>
+      <c r="C355" s="19"/>
+      <c r="D355" s="12" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="356" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A356" s="17"/>
+      <c r="B356" s="17">
+        <v>5560</v>
+      </c>
+      <c r="C356" s="17" t="s">
+        <v>719</v>
+      </c>
+      <c r="D356" s="28" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="357" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B357" s="8">
+        <v>5561</v>
+      </c>
+      <c r="C357" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D357" s="21" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="358" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B358" s="19">
+        <v>5570</v>
+      </c>
+      <c r="C358" s="19"/>
+      <c r="D358" s="12" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="359" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B359" s="19">
+        <v>5580</v>
+      </c>
+      <c r="C359" s="19"/>
+      <c r="D359" s="12" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="360" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B360" s="19">
+        <v>5590</v>
+      </c>
+      <c r="C360" s="19"/>
+      <c r="D360" s="12" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="361" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B361" s="19">
+        <v>5600</v>
+      </c>
+      <c r="C361" s="19"/>
+      <c r="D361" s="12" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="362" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B362" s="19">
+        <v>5601</v>
+      </c>
+      <c r="C362" s="19"/>
+      <c r="D362" s="12" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="363" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B363" s="19">
+        <v>5602</v>
+      </c>
+      <c r="C363" s="19"/>
+      <c r="D363" s="12" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="364" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B364" s="19">
+        <v>5610</v>
+      </c>
+      <c r="C364" s="19"/>
+      <c r="D364" s="12" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="365" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B365" s="19">
+        <v>5620</v>
+      </c>
+      <c r="C365" s="19"/>
+      <c r="D365" s="12" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="366" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A366" s="17"/>
+      <c r="B366" s="17">
+        <v>5630</v>
+      </c>
+      <c r="C366" s="17" t="s">
+        <v>729</v>
+      </c>
+      <c r="D366" s="28" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="367" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B367" s="8">
+        <v>5631</v>
+      </c>
+      <c r="C367" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D367" s="21" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="368" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B368" s="19">
+        <v>5640</v>
+      </c>
+      <c r="C368" s="19"/>
+      <c r="D368" s="12" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="369" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B369" s="19">
+        <v>5650</v>
+      </c>
+      <c r="C369" s="19"/>
+      <c r="D369" s="12" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="370" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B370" s="19">
+        <v>5660</v>
+      </c>
+      <c r="C370" s="19"/>
+      <c r="D370" s="12" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="371" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B371" s="19">
+        <v>5670</v>
+      </c>
+      <c r="C371" s="19"/>
+      <c r="D371" s="12" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="372" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B372" s="19">
+        <v>5671</v>
+      </c>
+      <c r="C372" s="19"/>
+      <c r="D372" s="12" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="373" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B373" s="19">
+        <v>5675</v>
+      </c>
+      <c r="C373" s="19"/>
+      <c r="D373" s="12" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="374" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B374" s="19">
+        <v>5676</v>
+      </c>
+      <c r="C374" s="19"/>
+      <c r="D374" s="12" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="375" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B375" s="19">
+        <v>5677</v>
+      </c>
+      <c r="C375" s="19"/>
+      <c r="D375" s="12" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="376" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A376" s="17"/>
+      <c r="B376" s="17">
+        <v>5680</v>
+      </c>
+      <c r="C376" s="17" t="s">
+        <v>739</v>
+      </c>
+      <c r="D376" s="28" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="377" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B377" s="8">
+        <v>5681</v>
+      </c>
+      <c r="C377" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D377" s="21" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="378" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B378" s="19">
+        <v>5682</v>
+      </c>
+      <c r="C378" s="19"/>
+      <c r="D378" s="12" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="379" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B379" s="19">
+        <v>5683</v>
+      </c>
+      <c r="C379" s="19"/>
+      <c r="D379" s="12" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="380" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B380" s="19">
+        <v>5684</v>
+      </c>
+      <c r="C380" s="19"/>
+      <c r="D380" s="12" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="381" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B381" s="19">
+        <v>5685</v>
+      </c>
+      <c r="C381" s="19"/>
+      <c r="D381" s="12" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="382" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B382" s="19">
+        <v>5686</v>
+      </c>
+      <c r="C382" s="19"/>
+      <c r="D382" s="12" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="383" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B383" s="19">
+        <v>5687</v>
+      </c>
+      <c r="C383" s="19"/>
+      <c r="D383" s="12" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="384" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B384" s="19">
+        <v>5688</v>
+      </c>
+      <c r="C384" s="19"/>
+      <c r="D384" s="12" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="385" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B385" s="19">
+        <v>5689</v>
+      </c>
+      <c r="C385" s="19"/>
+      <c r="D385" s="12" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="386" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B386" s="19">
+        <v>5690</v>
+      </c>
+      <c r="C386" s="19"/>
+      <c r="D386" s="12" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="387" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A387" s="17"/>
+      <c r="B387" s="17">
+        <v>5695</v>
+      </c>
+      <c r="C387" s="17" t="s">
+        <v>750</v>
+      </c>
+      <c r="D387" s="28" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="388" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B388" s="8">
+        <v>5701</v>
+      </c>
+      <c r="C388" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D388" s="21" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="389" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B389" s="19">
+        <v>5710</v>
+      </c>
+      <c r="C389" s="19"/>
+      <c r="D389" s="12" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="390" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B390" s="19">
+        <v>5720</v>
+      </c>
+      <c r="C390" s="19"/>
+      <c r="D390" s="12" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B391" s="19">
+        <v>5730</v>
+      </c>
+      <c r="C391" s="19"/>
+      <c r="D391" s="12" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="392" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B392" s="19">
+        <v>5740</v>
+      </c>
+      <c r="C392" s="19"/>
+      <c r="D392" s="12" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="393" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B393" s="19">
+        <v>5741</v>
+      </c>
+      <c r="C393" s="19"/>
+      <c r="D393" s="12" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="394" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B394" s="19">
+        <v>5745</v>
+      </c>
+      <c r="C394" s="19"/>
+      <c r="D394" s="12" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="395" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B395" s="19">
+        <v>5750</v>
+      </c>
+      <c r="C395" s="19"/>
+      <c r="D395" s="12" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="396" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B396" s="19">
+        <v>5760</v>
+      </c>
+      <c r="C396" s="19"/>
+      <c r="D396" s="12" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="397" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A397" s="17"/>
+      <c r="B397" s="17">
+        <v>5770</v>
+      </c>
+      <c r="C397" s="17" t="s">
+        <v>760</v>
+      </c>
+      <c r="D397" s="28" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="398" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A398" s="17"/>
+      <c r="B398" s="17">
+        <v>5771</v>
+      </c>
+      <c r="C398" s="17" t="s">
+        <v>761</v>
+      </c>
+      <c r="D398" s="28" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="399" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B399" s="8">
+        <v>5772</v>
+      </c>
+      <c r="C399" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D399" s="21" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="400" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B400" s="8">
+        <v>5773</v>
+      </c>
+      <c r="C400" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D400" s="21" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="401" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B401" s="19">
+        <v>5800</v>
+      </c>
+      <c r="C401" s="19"/>
+      <c r="D401" s="12" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="402" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B402" s="19">
+        <v>5810</v>
+      </c>
+      <c r="C402" s="19"/>
+      <c r="D402" s="12" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="403" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B403" s="19">
+        <v>5820</v>
+      </c>
+      <c r="C403" s="19"/>
+      <c r="D403" s="12" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="404" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B404" s="19">
+        <v>5825</v>
+      </c>
+      <c r="C404" s="19"/>
+      <c r="D404" s="12" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="405" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B405" s="19">
+        <v>5829</v>
+      </c>
+      <c r="C405" s="19"/>
+      <c r="D405" s="12" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="406" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B406" s="19">
+        <v>5830</v>
+      </c>
+      <c r="C406" s="19"/>
+      <c r="D406" s="12" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="407" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B407" s="19">
+        <v>5831</v>
+      </c>
+      <c r="C407" s="19"/>
+      <c r="D407" s="12" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="408" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B408" s="19">
+        <v>5835</v>
+      </c>
+      <c r="C408" s="19"/>
+      <c r="D408" s="12" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="409" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B409" s="19">
+        <v>5836</v>
+      </c>
+      <c r="C409" s="19"/>
+      <c r="D409" s="12" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="410" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B410" s="19">
+        <v>5837</v>
+      </c>
+      <c r="C410" s="19"/>
+      <c r="D410" s="12" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="411" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A411" s="17"/>
+      <c r="B411" s="17">
+        <v>5840</v>
+      </c>
+      <c r="C411" s="17" t="s">
+        <v>774</v>
+      </c>
+      <c r="D411" s="28" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="412" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B412" s="8">
+        <v>5841</v>
+      </c>
+      <c r="C412" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D412" s="21" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="413" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B413" s="19">
+        <v>5842</v>
+      </c>
+      <c r="C413" s="19"/>
+      <c r="D413" s="12" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="414" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B414" s="19">
+        <v>5843</v>
+      </c>
+      <c r="C414" s="19"/>
+      <c r="D414" s="12" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="415" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B415" s="19">
+        <v>5844</v>
+      </c>
+      <c r="C415" s="19"/>
+      <c r="D415" s="12" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="416" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B416" s="19">
+        <v>5845</v>
+      </c>
+      <c r="C416" s="19"/>
+      <c r="D416" s="12" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="417" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A417" s="17"/>
+      <c r="B417" s="17">
+        <v>5850</v>
+      </c>
+      <c r="C417" s="17" t="s">
+        <v>779</v>
+      </c>
+      <c r="D417" s="28" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="418" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A418" s="17"/>
+      <c r="B418" s="8">
+        <v>5851</v>
+      </c>
+      <c r="C418" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D418" s="21" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="419" spans="1:4" s="29" customFormat="1" ht="17.5" x14ac:dyDescent="0.45">
+      <c r="A419" s="53"/>
+      <c r="B419" s="54">
+        <v>5852</v>
+      </c>
+      <c r="C419" s="55"/>
+      <c r="D419" s="56" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="420" spans="1:4" s="29" customFormat="1" ht="17.5" x14ac:dyDescent="0.45">
+      <c r="A420" s="53"/>
+      <c r="B420" s="54">
+        <v>5853</v>
+      </c>
+      <c r="C420" s="55"/>
+      <c r="D420" s="56" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="421" spans="1:4" s="29" customFormat="1" ht="17.5" x14ac:dyDescent="0.45">
+      <c r="A421" s="53"/>
+      <c r="B421" s="54">
+        <v>5854</v>
+      </c>
+      <c r="C421" s="55"/>
+      <c r="D421" s="56" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="422" spans="1:4" s="29" customFormat="1" ht="17.5" x14ac:dyDescent="0.45">
+      <c r="A422" s="53"/>
+      <c r="B422" s="54">
+        <v>5855</v>
+      </c>
+      <c r="C422" s="55"/>
+      <c r="D422" s="56" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="423" spans="1:4" s="29" customFormat="1" ht="17.5" x14ac:dyDescent="0.45">
+      <c r="A423" s="53"/>
+      <c r="B423" s="54">
+        <v>5860</v>
+      </c>
+      <c r="C423" s="57"/>
+      <c r="D423" s="15" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="424" spans="1:4" s="29" customFormat="1" ht="17.5" x14ac:dyDescent="0.45">
+      <c r="A424" s="53"/>
+      <c r="B424" s="54">
+        <v>5861</v>
+      </c>
+      <c r="C424" s="55"/>
+      <c r="D424" s="56" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="425" spans="1:4" s="29" customFormat="1" ht="17.5" x14ac:dyDescent="0.45">
+      <c r="B425" s="58">
+        <v>5862</v>
+      </c>
+      <c r="C425" s="59"/>
+      <c r="D425" s="56" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="426" spans="1:4" s="29" customFormat="1" ht="17.5" x14ac:dyDescent="0.45">
+      <c r="B426" s="58">
+        <v>5870</v>
+      </c>
+      <c r="C426"/>
+      <c r="D426" s="15" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="427" spans="1:4" s="29" customFormat="1" ht="17.5" x14ac:dyDescent="0.45">
+      <c r="A427" s="53"/>
+      <c r="B427" s="54">
+        <v>5871</v>
+      </c>
+      <c r="C427" s="60"/>
+      <c r="D427" s="56" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="428" spans="1:4" s="29" customFormat="1" ht="17.5" x14ac:dyDescent="0.45">
+      <c r="A428" s="53"/>
+      <c r="B428" s="54">
+        <v>5872</v>
+      </c>
+      <c r="C428" s="60"/>
+      <c r="D428" s="56" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="429" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A429" s="17"/>
+      <c r="B429" s="17">
+        <v>5880</v>
+      </c>
+      <c r="C429" s="17" t="s">
+        <v>791</v>
+      </c>
+      <c r="D429" s="28" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="430" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A430" s="17"/>
+      <c r="B430" s="8">
+        <v>5881</v>
+      </c>
+      <c r="C430" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D430" s="21" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="431" spans="1:4" s="29" customFormat="1" ht="17.5" x14ac:dyDescent="0.45">
+      <c r="A431" s="53"/>
+      <c r="B431" s="54">
+        <v>5882</v>
+      </c>
+      <c r="C431" s="61"/>
+      <c r="D431" s="15" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="432" spans="1:4" s="29" customFormat="1" ht="17.5" x14ac:dyDescent="0.45">
+      <c r="A432" s="53"/>
+      <c r="B432" s="54">
+        <v>5883</v>
+      </c>
+      <c r="C432" s="61"/>
+      <c r="D432" s="15" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="433" spans="1:4" s="29" customFormat="1" ht="17.5" x14ac:dyDescent="0.45">
+      <c r="A433" s="53"/>
+      <c r="B433" s="54">
+        <v>5884</v>
+      </c>
+      <c r="C433" s="61"/>
+      <c r="D433" s="15" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="434" spans="1:4" s="29" customFormat="1" ht="17.5" x14ac:dyDescent="0.45">
+      <c r="A434" s="53"/>
+      <c r="B434" s="54">
+        <v>5885</v>
+      </c>
+      <c r="C434" s="61"/>
+      <c r="D434" s="15" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="435" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A435" s="17"/>
+      <c r="B435" s="17">
+        <v>5890</v>
+      </c>
+      <c r="C435" s="17" t="s">
+        <v>796</v>
+      </c>
+      <c r="D435" s="28" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="436" spans="1:4" s="62" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A436" s="8"/>
+      <c r="B436" s="8">
+        <v>5891</v>
+      </c>
+      <c r="C436" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D436" s="21" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="437" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B437" s="19">
+        <v>5900</v>
+      </c>
+      <c r="C437" s="19"/>
+      <c r="D437" s="12" t="str">
+        <f xml:space="preserve"> D436 &amp; ", kostpris primo"</f>
+        <v>Kapitalinteresser, kostpris primo</v>
+      </c>
+    </row>
+    <row r="438" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B438" s="19">
+        <v>5910</v>
+      </c>
+      <c r="C438" s="19"/>
+      <c r="D438" s="12" t="str">
+        <f xml:space="preserve"> D436 &amp; ", årets tilgange"</f>
+        <v>Kapitalinteresser, årets tilgange</v>
+      </c>
+    </row>
+    <row r="439" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B439" s="19">
+        <v>5920</v>
+      </c>
+      <c r="C439" s="19"/>
+      <c r="D439" s="12" t="str">
+        <f xml:space="preserve"> D436 &amp; ", årets afgange"</f>
+        <v>Kapitalinteresser, årets afgange</v>
+      </c>
+    </row>
+    <row r="440" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B440" s="19">
+        <v>5925</v>
+      </c>
+      <c r="C440" s="19"/>
+      <c r="D440" s="12" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="441" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B441" s="19">
+        <v>5929</v>
+      </c>
+      <c r="C441" s="19"/>
+      <c r="D441" s="12" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="442" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B442" s="19">
+        <v>5930</v>
+      </c>
+      <c r="C442" s="19"/>
+      <c r="D442" s="12" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="443" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B443" s="19">
+        <v>5931</v>
+      </c>
+      <c r="C443" s="19"/>
+      <c r="D443" s="12" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="444" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B444" s="19">
+        <v>5935</v>
+      </c>
+      <c r="C444" s="19"/>
+      <c r="D444" s="12" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="445" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B445" s="19">
+        <v>5940</v>
+      </c>
+      <c r="C445" s="19"/>
+      <c r="D445" s="12" t="str">
+        <f xml:space="preserve"> D436 &amp; ", årets nedskrivninger"</f>
+        <v>Kapitalinteresser, årets nedskrivninger</v>
+      </c>
+    </row>
+    <row r="446" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B446" s="19">
+        <v>5950</v>
+      </c>
+      <c r="C446" s="19"/>
+      <c r="D446" s="12" t="str">
+        <f xml:space="preserve"> D436 &amp; ", årets tilbageførsler af tidligere års nedskrivninger"</f>
+        <v>Kapitalinteresser, årets tilbageførsler af tidligere års nedskrivninger</v>
+      </c>
+    </row>
+    <row r="447" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A447" s="17"/>
+      <c r="B447" s="17">
+        <v>5960</v>
+      </c>
+      <c r="C447" s="17" t="s">
+        <v>803</v>
+      </c>
+      <c r="D447" s="28" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="448" spans="1:4" s="62" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A448" s="8"/>
+      <c r="B448" s="8">
+        <v>5961</v>
+      </c>
+      <c r="C448" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D448" s="21" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="449" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B449" s="19">
+        <v>5970</v>
+      </c>
+      <c r="C449" s="19"/>
+      <c r="D449" s="12" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="450" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B450" s="19">
+        <v>5980</v>
+      </c>
+      <c r="C450" s="19"/>
+      <c r="D450" s="12" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="451" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B451" s="19">
+        <v>5984</v>
+      </c>
+      <c r="C451" s="19"/>
+      <c r="D451" s="12" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="452" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B452" s="19">
+        <v>5985</v>
+      </c>
+      <c r="C452" s="19"/>
+      <c r="D452" s="12" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="453" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A453" s="17"/>
+      <c r="B453" s="17">
+        <v>5990</v>
+      </c>
+      <c r="C453" s="17" t="s">
+        <v>808</v>
+      </c>
+      <c r="D453" s="28" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="454" spans="1:4" s="62" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A454" s="8"/>
+      <c r="B454" s="8">
+        <v>5991</v>
+      </c>
+      <c r="C454" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D454" s="21" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="455" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B455" s="19">
+        <v>6000</v>
+      </c>
+      <c r="C455" s="19"/>
+      <c r="D455" s="12" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="456" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A456" s="17"/>
+      <c r="B456" s="17">
+        <v>6010</v>
+      </c>
+      <c r="C456" s="17" t="s">
+        <v>810</v>
+      </c>
+      <c r="D456" s="28" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="457" spans="1:4" s="62" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A457" s="8"/>
+      <c r="B457" s="8">
+        <v>6011</v>
+      </c>
+      <c r="C457" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D457" s="21" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="458" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B458" s="19">
+        <v>6020</v>
+      </c>
+      <c r="C458" s="19"/>
+      <c r="D458" s="12" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="459" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B459" s="19">
+        <v>6030</v>
+      </c>
+      <c r="C459" s="19"/>
+      <c r="D459" s="12" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="460" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B460" s="19">
+        <v>6040</v>
+      </c>
+      <c r="C460" s="19"/>
+      <c r="D460" s="12" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="461" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A461" s="17"/>
+      <c r="B461" s="17">
+        <v>6050</v>
+      </c>
+      <c r="C461" s="17" t="s">
+        <v>815</v>
+      </c>
+      <c r="D461" s="28" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="462" spans="1:4" s="62" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A462" s="8"/>
+      <c r="B462" s="8">
+        <v>6051</v>
+      </c>
+      <c r="C462" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D462" s="21" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="463" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B463" s="19">
+        <v>6061</v>
+      </c>
+      <c r="C463" s="19"/>
+      <c r="D463" s="12" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="464" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B464" s="19">
+        <v>6062</v>
+      </c>
+      <c r="C464" s="19"/>
+      <c r="D464" s="12" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="465" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B465" s="19">
+        <v>6063</v>
+      </c>
+      <c r="C465" s="19"/>
+      <c r="D465" s="12" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="466" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B466" s="22">
+        <v>6064</v>
+      </c>
+      <c r="C466" s="22"/>
+      <c r="D466" s="24" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="467" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A467" s="17"/>
+      <c r="B467" s="17">
+        <v>6070</v>
+      </c>
+      <c r="C467" s="17" t="s">
+        <v>821</v>
+      </c>
+      <c r="D467" s="28" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="468" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A468" s="17"/>
+      <c r="B468" s="17">
+        <v>6071</v>
+      </c>
+      <c r="C468" s="17" t="s">
+        <v>822</v>
+      </c>
+      <c r="D468" s="28" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="469" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A469" s="17"/>
+      <c r="B469" s="17">
+        <v>6072</v>
+      </c>
+      <c r="C469" s="17" t="s">
+        <v>823</v>
+      </c>
+      <c r="D469" s="28" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="470" spans="1:4" s="62" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A470" s="8"/>
+      <c r="B470" s="8">
+        <v>6073</v>
+      </c>
+      <c r="C470" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D470" s="21" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="471" spans="1:4" s="62" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A471" s="8"/>
+      <c r="B471" s="8">
+        <v>6074</v>
+      </c>
+      <c r="C471" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D471" s="21" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="472" spans="1:4" s="62" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A472" s="8"/>
+      <c r="B472" s="8">
+        <v>6075</v>
+      </c>
+      <c r="C472" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D472" s="21" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="473" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B473" s="19">
+        <v>6080</v>
+      </c>
+      <c r="C473" s="19"/>
+      <c r="D473" s="12" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="474" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B474" s="19">
+        <v>6081</v>
+      </c>
+      <c r="C474" s="19"/>
+      <c r="D474" s="12" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="475" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B475" s="19">
+        <v>6082</v>
+      </c>
+      <c r="C475" s="19"/>
+      <c r="D475" s="12" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="476" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B476" s="19">
+        <v>6083</v>
+      </c>
+      <c r="C476" s="19"/>
+      <c r="D476" s="12" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="477" spans="1:4" ht="17.5" x14ac:dyDescent="0.35">
+      <c r="B477" s="19">
+        <v>6085</v>
+      </c>
+      <c r="C477" s="19"/>
+      <c r="D477" s="15" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="478" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B478" s="19">
+        <v>6090</v>
+      </c>
+      <c r="C478" s="19"/>
+      <c r="D478" s="12" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="479" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B479" s="19">
+        <v>6091</v>
+      </c>
+      <c r="C479" s="19"/>
+      <c r="D479" s="12" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="480" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A480" s="17"/>
+      <c r="B480" s="17">
+        <v>6100</v>
+      </c>
+      <c r="C480" s="17" t="s">
+        <v>835</v>
+      </c>
+      <c r="D480" s="28" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="481" spans="1:4" s="62" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A481" s="8"/>
+      <c r="B481" s="8">
+        <v>6101</v>
+      </c>
+      <c r="C481" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D481" s="21" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="482" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B482" s="19">
+        <v>6110</v>
+      </c>
+      <c r="C482" s="19"/>
+      <c r="D482" s="12" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="483" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B483" s="19">
+        <v>6111</v>
+      </c>
+      <c r="C483" s="19"/>
+      <c r="D483" s="12" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="484" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B484" s="19">
+        <v>6112</v>
+      </c>
+      <c r="C484" s="19"/>
+      <c r="D484" s="12" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="485" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B485" s="19">
+        <v>6113</v>
+      </c>
+      <c r="C485" s="19"/>
+      <c r="D485" s="12" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="486" spans="1:4" ht="17.5" x14ac:dyDescent="0.35">
+      <c r="B486" s="19">
+        <v>6115</v>
+      </c>
+      <c r="C486" s="19"/>
+      <c r="D486" s="15" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="487" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B487" s="19">
+        <v>6120</v>
+      </c>
+      <c r="C487" s="19"/>
+      <c r="D487" s="12" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="488" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B488" s="19">
+        <v>6121</v>
+      </c>
+      <c r="C488" s="19"/>
+      <c r="D488" s="12" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="489" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A489" s="17"/>
+      <c r="B489" s="17">
+        <v>6130</v>
+      </c>
+      <c r="C489" s="17" t="s">
+        <v>844</v>
+      </c>
+      <c r="D489" s="28" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="490" spans="1:4" s="62" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A490" s="8"/>
+      <c r="B490" s="8">
+        <v>6131</v>
+      </c>
+      <c r="C490" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D490" s="21" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="491" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B491" s="19">
+        <v>6140</v>
+      </c>
+      <c r="C491" s="19"/>
+      <c r="D491" s="12" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="492" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B492" s="19">
+        <v>6141</v>
+      </c>
+      <c r="C492" s="19"/>
+      <c r="D492" s="12" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="493" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B493" s="19">
+        <v>6142</v>
+      </c>
+      <c r="C493" s="19"/>
+      <c r="D493" s="12" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="494" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B494" s="19">
+        <v>6143</v>
+      </c>
+      <c r="C494" s="19"/>
+      <c r="D494" s="12" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="495" spans="1:4" ht="17.5" x14ac:dyDescent="0.35">
+      <c r="B495" s="19">
+        <v>6145</v>
+      </c>
+      <c r="C495" s="19"/>
+      <c r="D495" s="15" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="496" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B496" s="19">
+        <v>6150</v>
+      </c>
+      <c r="C496" s="19"/>
+      <c r="D496" s="12" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="497" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B497" s="19">
+        <v>6151</v>
+      </c>
+      <c r="C497" s="19"/>
+      <c r="D497" s="12" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="498" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A498" s="17"/>
+      <c r="B498" s="17">
+        <v>6160</v>
+      </c>
+      <c r="C498" s="17" t="s">
+        <v>853</v>
+      </c>
+      <c r="D498" s="28" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="499" spans="1:4" s="62" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A499" s="8"/>
+      <c r="B499" s="8">
+        <v>6161</v>
+      </c>
+      <c r="C499" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D499" s="21" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="500" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B500" s="19">
+        <v>6170</v>
+      </c>
+      <c r="C500" s="19"/>
+      <c r="D500" s="12" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="501" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A501" s="17"/>
+      <c r="B501" s="17">
+        <v>6180</v>
+      </c>
+      <c r="C501" s="17" t="s">
+        <v>855</v>
+      </c>
+      <c r="D501" s="28" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="502" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A502" s="17"/>
+      <c r="B502" s="17">
+        <v>6181</v>
+      </c>
+      <c r="C502" s="17" t="s">
+        <v>856</v>
+      </c>
+      <c r="D502" s="28" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="503" spans="1:4" s="62" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A503" s="8"/>
+      <c r="B503" s="8">
+        <v>6182</v>
+      </c>
+      <c r="C503" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D503" s="21" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="504" spans="1:4" s="62" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A504" s="8"/>
+      <c r="B504" s="8">
+        <v>6183</v>
+      </c>
+      <c r="C504" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D504" s="21" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="505" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B505" s="19">
+        <v>6190</v>
+      </c>
+      <c r="C505" s="19"/>
+      <c r="D505" s="12" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="506" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B506" s="19">
+        <v>6200</v>
+      </c>
+      <c r="C506" s="19"/>
+      <c r="D506" s="12" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="507" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B507" s="19">
+        <v>6201</v>
+      </c>
+      <c r="C507" s="19"/>
+      <c r="D507" s="12" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="508" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B508" s="19">
+        <v>6202</v>
+      </c>
+      <c r="C508" s="19"/>
+      <c r="D508" s="12" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="509" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A509" s="17"/>
+      <c r="B509" s="17">
+        <v>6210</v>
+      </c>
+      <c r="C509" s="17" t="s">
+        <v>862</v>
+      </c>
+      <c r="D509" s="28" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="510" spans="1:4" s="62" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A510" s="8"/>
+      <c r="B510" s="8">
+        <v>6231</v>
+      </c>
+      <c r="C510" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D510" s="21" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="511" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B511" s="19">
+        <v>6240</v>
+      </c>
+      <c r="C511" s="19"/>
+      <c r="D511" s="12" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="512" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A512" s="17"/>
+      <c r="B512" s="17">
+        <v>6250</v>
+      </c>
+      <c r="C512" s="17" t="s">
+        <v>864</v>
+      </c>
+      <c r="D512" s="28" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="513" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B513" s="8">
+        <v>6251</v>
+      </c>
+      <c r="C513" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D513" s="21" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="514" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A514" s="19"/>
+      <c r="B514" s="19">
+        <v>6252</v>
+      </c>
+      <c r="C514" s="19"/>
+      <c r="D514" s="12" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="515" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A515" s="19"/>
+      <c r="B515" s="19">
+        <v>6255</v>
+      </c>
+      <c r="C515" s="19"/>
+      <c r="D515" s="12" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="516" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A516" s="19"/>
+      <c r="B516" s="19">
+        <v>6256</v>
+      </c>
+      <c r="C516" s="19"/>
+      <c r="D516" s="12" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="517" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A517" s="19"/>
+      <c r="B517" s="19">
+        <v>6257</v>
+      </c>
+      <c r="C517" s="19"/>
+      <c r="D517" s="12" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="518" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A518" s="17"/>
+      <c r="B518" s="17">
+        <v>6260</v>
+      </c>
+      <c r="C518" s="17" t="s">
+        <v>869</v>
+      </c>
+      <c r="D518" s="28" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="519" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A519" s="28"/>
+      <c r="B519" s="8">
+        <v>6261</v>
+      </c>
+      <c r="C519" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D519" s="21" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="520" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="B520" s="19">
+        <v>6262</v>
+      </c>
+      <c r="C520" s="19"/>
+      <c r="D520" s="12" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="521" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="B521" s="19">
+        <v>6265</v>
+      </c>
+      <c r="C521" s="19"/>
+      <c r="D521" s="12" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="522" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="B522" s="19">
+        <v>6266</v>
+      </c>
+      <c r="C522" s="19"/>
+      <c r="D522" s="12" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="523" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="B523" s="19">
+        <v>6267</v>
+      </c>
+      <c r="C523" s="19"/>
+      <c r="D523" s="12" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="524" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A524" s="28"/>
+      <c r="B524" s="17">
+        <v>6270</v>
+      </c>
+      <c r="C524" s="17" t="s">
+        <v>874</v>
+      </c>
+      <c r="D524" s="28" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="525" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B525" s="8">
+        <v>6281</v>
+      </c>
+      <c r="C525" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D525" s="21" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="526" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A526" s="19"/>
+      <c r="B526" s="19">
+        <v>6282</v>
+      </c>
+      <c r="C526" s="19"/>
+      <c r="D526" s="12" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="527" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A527" s="19"/>
+      <c r="B527" s="19">
+        <v>6285</v>
+      </c>
+      <c r="C527" s="19"/>
+      <c r="D527" s="12" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="528" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A528" s="19"/>
+      <c r="B528" s="19">
+        <v>6286</v>
+      </c>
+      <c r="C528" s="19"/>
+      <c r="D528" s="12" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="529" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A529" s="19"/>
+      <c r="B529" s="19">
+        <v>6287</v>
+      </c>
+      <c r="C529" s="19"/>
+      <c r="D529" s="12" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="530" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A530" s="17"/>
+      <c r="B530" s="17">
+        <v>6290</v>
+      </c>
+      <c r="C530" s="17" t="s">
+        <v>879</v>
+      </c>
+      <c r="D530" s="28" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="531" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B531" s="8">
+        <v>6301</v>
+      </c>
+      <c r="C531" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D531" s="21" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="532" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A532" s="19"/>
+      <c r="B532" s="19">
+        <v>6305</v>
+      </c>
+      <c r="C532" s="19"/>
+      <c r="D532" s="12" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="533" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A533" s="19"/>
+      <c r="B533" s="19">
+        <v>6310</v>
+      </c>
+      <c r="C533" s="19"/>
+      <c r="D533" s="12" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="534" spans="1:4" s="24" customFormat="1" ht="83.25" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A534" s="19"/>
+      <c r="B534" s="19">
+        <v>6315</v>
+      </c>
+      <c r="C534" s="19"/>
+      <c r="D534" s="12" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="535" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A535" s="19"/>
+      <c r="B535" s="19">
+        <v>6320</v>
+      </c>
+      <c r="C535" s="19"/>
+      <c r="D535" s="12" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="536" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A536" s="19"/>
+      <c r="B536" s="19">
+        <v>6330</v>
+      </c>
+      <c r="C536" s="19"/>
+      <c r="D536" s="12" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="537" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A537" s="17"/>
+      <c r="B537" s="17">
+        <v>6340</v>
+      </c>
+      <c r="C537" s="17" t="s">
+        <v>884</v>
+      </c>
+      <c r="D537" s="28" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="538" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B538" s="8">
+        <v>6341</v>
+      </c>
+      <c r="C538" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D538" s="21" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="539" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A539" s="19"/>
+      <c r="B539" s="19">
+        <v>6350</v>
+      </c>
+      <c r="C539" s="19"/>
+      <c r="D539" s="12" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="540" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A540" s="17"/>
+      <c r="B540" s="17">
+        <v>6360</v>
+      </c>
+      <c r="C540" s="17" t="s">
+        <v>886</v>
+      </c>
+      <c r="D540" s="28" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="541" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B541" s="8">
+        <v>6361</v>
+      </c>
+      <c r="C541" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D541" s="21" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="542" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A542" s="19"/>
+      <c r="B542" s="19">
+        <v>6365</v>
+      </c>
+      <c r="C542" s="19"/>
+      <c r="D542" s="12" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="543" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A543" s="19"/>
+      <c r="B543" s="19">
+        <v>6370</v>
+      </c>
+      <c r="C543" s="19"/>
+      <c r="D543" s="12" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="544" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A544" s="19"/>
+      <c r="B544" s="19">
+        <v>6375</v>
+      </c>
+      <c r="C544" s="19"/>
+      <c r="D544" s="12" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="545" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A545" s="22"/>
+      <c r="B545" s="22">
+        <v>6376</v>
+      </c>
+      <c r="C545" s="22"/>
+      <c r="D545" s="24" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="546" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A546" s="17"/>
+      <c r="B546" s="17">
+        <v>6380</v>
+      </c>
+      <c r="C546" s="17" t="s">
+        <v>892</v>
+      </c>
+      <c r="D546" s="28" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="547" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B547" s="8">
+        <v>6381</v>
+      </c>
+      <c r="C547" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D547" s="21" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="548" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A548" s="19"/>
+      <c r="B548" s="19">
+        <v>6390</v>
+      </c>
+      <c r="C548" s="19"/>
+      <c r="D548" s="12" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="549" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A549" s="19"/>
+      <c r="B549" s="19">
+        <v>6400</v>
+      </c>
+      <c r="C549" s="19"/>
+      <c r="D549" s="12" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="550" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A550" s="17"/>
+      <c r="B550" s="17">
+        <v>6410</v>
+      </c>
+      <c r="C550" s="17" t="s">
+        <v>896</v>
+      </c>
+      <c r="D550" s="28" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="551" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A551" s="17"/>
+      <c r="B551" s="17">
+        <v>6411</v>
+      </c>
+      <c r="C551" s="17" t="s">
+        <v>897</v>
+      </c>
+      <c r="D551" s="28" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="552" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B552" s="8">
+        <v>6412</v>
+      </c>
+      <c r="C552" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D552" s="21" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="553" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B553" s="8">
+        <v>6413</v>
+      </c>
+      <c r="C553" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D553" s="21" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="554" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A554" s="19"/>
+      <c r="B554" s="19">
+        <v>6420</v>
+      </c>
+      <c r="C554" s="19"/>
+      <c r="D554" s="12" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="555" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A555" s="17"/>
+      <c r="B555" s="17">
+        <v>6430</v>
+      </c>
+      <c r="C555" s="17" t="s">
+        <v>900</v>
+      </c>
+      <c r="D555" s="28" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="556" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B556" s="8">
+        <v>6431</v>
+      </c>
+      <c r="C556" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D556" s="21" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="557" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A557" s="19"/>
+      <c r="B557" s="19">
+        <v>6450</v>
+      </c>
+      <c r="C557" s="19"/>
+      <c r="D557" s="12" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="558" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A558" s="17"/>
+      <c r="B558" s="17">
+        <v>6460</v>
+      </c>
+      <c r="C558" s="17" t="s">
+        <v>902</v>
+      </c>
+      <c r="D558" s="28" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="559" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A559" s="17"/>
+      <c r="B559" s="17">
+        <v>6461</v>
+      </c>
+      <c r="C559" s="17" t="s">
+        <v>903</v>
+      </c>
+      <c r="D559" s="28" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="560" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B560" s="8">
+        <v>6462</v>
+      </c>
+      <c r="C560" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D560" s="21" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="561" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A561" s="19"/>
+      <c r="B561" s="19">
+        <v>6470</v>
+      </c>
+      <c r="C561" s="19"/>
+      <c r="D561" s="12" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="562" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A562" s="19"/>
+      <c r="B562" s="19">
+        <v>6480</v>
+      </c>
+      <c r="C562" s="19"/>
+      <c r="D562" s="12" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="563" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A563" s="17"/>
+      <c r="B563" s="17">
+        <v>6490</v>
+      </c>
+      <c r="C563" s="17" t="s">
+        <v>906</v>
+      </c>
+      <c r="D563" s="28" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="564" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A564" s="17"/>
+      <c r="B564" s="17">
+        <v>6491</v>
+      </c>
+      <c r="C564" s="17" t="s">
+        <v>907</v>
+      </c>
+      <c r="D564" s="28" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="565" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A565" s="17"/>
+      <c r="B565" s="17">
+        <v>6499</v>
+      </c>
+      <c r="C565" s="17" t="s">
+        <v>909</v>
+      </c>
+      <c r="D565" s="28" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="566" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B566" s="97">
+        <v>6500</v>
+      </c>
+      <c r="C566" s="97" t="s">
+        <v>35</v>
+      </c>
+      <c r="D566" s="98" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="567" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B567" s="8">
+        <v>6501</v>
+      </c>
+      <c r="C567" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D567" s="21" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="568" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B568" s="8">
+        <v>6502</v>
+      </c>
+      <c r="C568" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D568" s="21" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="569" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A569" s="19"/>
+      <c r="B569" s="19">
+        <v>6510</v>
+      </c>
+      <c r="C569" s="19"/>
+      <c r="D569" s="12" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="570" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A570" s="19"/>
+      <c r="B570" s="19">
+        <v>6520</v>
+      </c>
+      <c r="C570" s="19"/>
+      <c r="D570" s="12" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="571" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A571" s="19"/>
+      <c r="B571" s="19">
+        <v>6525</v>
+      </c>
+      <c r="C571" s="19"/>
+      <c r="D571" s="12" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="572" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A572" s="17"/>
+      <c r="B572" s="17">
+        <v>6530</v>
+      </c>
+      <c r="C572" s="17" t="s">
+        <v>917</v>
+      </c>
+      <c r="D572" s="28" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="573" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B573" s="8">
+        <v>6531</v>
+      </c>
+      <c r="C573" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D573" s="21" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="574" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A574" s="19"/>
+      <c r="B574" s="19">
+        <v>6540</v>
+      </c>
+      <c r="C574" s="19"/>
+      <c r="D574" s="12" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="575" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A575" s="17"/>
+      <c r="B575" s="17">
+        <v>6550</v>
+      </c>
+      <c r="C575" s="17" t="s">
+        <v>919</v>
+      </c>
+      <c r="D575" s="28" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="576" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B576" s="8">
+        <v>6551</v>
+      </c>
+      <c r="C576" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D576" s="21" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="577" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A577" s="19"/>
+      <c r="B577" s="19">
+        <v>6560</v>
+      </c>
+      <c r="C577" s="19"/>
+      <c r="D577" s="12" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="578" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A578" s="17"/>
+      <c r="B578" s="17">
+        <v>6570</v>
+      </c>
+      <c r="C578" s="17" t="s">
+        <v>921</v>
+      </c>
+      <c r="D578" s="28" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="579" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B579" s="8">
+        <v>6591</v>
+      </c>
+      <c r="C579" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D579" s="21" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="580" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A580" s="19"/>
+      <c r="B580" s="19">
+        <v>6800</v>
+      </c>
+      <c r="C580" s="19"/>
+      <c r="D580" s="12" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="581" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A581" s="19"/>
+      <c r="B581" s="19">
+        <v>6810</v>
+      </c>
+      <c r="C581" s="19"/>
+      <c r="D581" s="12" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="582" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A582" s="19"/>
+      <c r="B582" s="19">
+        <v>6830</v>
+      </c>
+      <c r="C582" s="19"/>
+      <c r="D582" s="12" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="583" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A583" s="19"/>
+      <c r="B583" s="19">
+        <v>6840</v>
+      </c>
+      <c r="C583" s="19"/>
+      <c r="D583" s="12" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="584" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A584" s="19"/>
+      <c r="B584" s="19">
+        <v>6870</v>
+      </c>
+      <c r="C584" s="19"/>
+      <c r="D584" s="12" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="585" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A585" s="19"/>
+      <c r="B585" s="19">
+        <v>6890</v>
+      </c>
+      <c r="C585" s="19"/>
+      <c r="D585" s="12" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="586" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A586" s="19"/>
+      <c r="B586" s="19">
+        <v>6910</v>
+      </c>
+      <c r="C586" s="19"/>
+      <c r="D586" s="12" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="587" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A587" s="19"/>
+      <c r="B587" s="19">
+        <v>6914</v>
+      </c>
+      <c r="C587" s="19"/>
+      <c r="D587" s="12" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="588" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A588" s="19"/>
+      <c r="B588" s="19">
+        <v>6915</v>
+      </c>
+      <c r="C588" s="19"/>
+      <c r="D588" s="12" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="589" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A589" s="19"/>
+      <c r="B589" s="19">
+        <v>6916</v>
+      </c>
+      <c r="C589" s="19"/>
+      <c r="D589" s="12" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="590" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A590" s="19"/>
+      <c r="B590" s="19">
+        <v>6917</v>
+      </c>
+      <c r="C590" s="19"/>
+      <c r="D590" s="12" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="591" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A591" s="19"/>
+      <c r="B591" s="19">
+        <v>6918</v>
+      </c>
+      <c r="C591" s="19"/>
+      <c r="D591" s="12" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="592" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A592" s="19"/>
+      <c r="B592" s="19">
+        <v>6919</v>
+      </c>
+      <c r="C592" s="19"/>
+      <c r="D592" s="12" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="593" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A593" s="19"/>
+      <c r="B593" s="19">
+        <v>6920</v>
+      </c>
+      <c r="C593" s="19"/>
+      <c r="D593" s="12" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="594" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A594" s="19"/>
+      <c r="B594" s="19">
+        <v>6921</v>
+      </c>
+      <c r="C594" s="19"/>
+      <c r="D594" s="12" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="595" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A595" s="19"/>
+      <c r="B595" s="19">
+        <v>6922</v>
+      </c>
+      <c r="C595" s="19"/>
+      <c r="D595" s="12" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="596" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A596" s="19"/>
+      <c r="B596" s="19">
+        <v>6923</v>
+      </c>
+      <c r="C596" s="19"/>
+      <c r="D596" s="12" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="597" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A597" s="19"/>
+      <c r="B597" s="19">
+        <v>6924</v>
+      </c>
+      <c r="C597" s="19"/>
+      <c r="D597" s="12" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="598" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A598" s="17"/>
+      <c r="B598" s="17">
+        <v>6930</v>
+      </c>
+      <c r="C598" s="17" t="s">
+        <v>941</v>
+      </c>
+      <c r="D598" s="28" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="599" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B599" s="8">
+        <v>6931</v>
+      </c>
+      <c r="C599" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D599" s="21" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="600" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A600" s="19"/>
+      <c r="B600" s="19">
+        <v>6935</v>
+      </c>
+      <c r="C600" s="19"/>
+      <c r="D600" s="12" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="601" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A601" s="19"/>
+      <c r="B601" s="19">
+        <v>6940</v>
+      </c>
+      <c r="C601" s="19"/>
+      <c r="D601" s="12" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="602" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A602" s="17"/>
+      <c r="B602" s="17">
+        <v>6950</v>
+      </c>
+      <c r="C602" s="17" t="s">
+        <v>945</v>
+      </c>
+      <c r="D602" s="28" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="603" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B603" s="8">
+        <v>6951</v>
+      </c>
+      <c r="C603" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D603" s="21" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="604" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A604" s="19"/>
+      <c r="B604" s="19">
+        <v>6955</v>
+      </c>
+      <c r="C604" s="19"/>
+      <c r="D604" s="12" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="605" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A605" s="19"/>
+      <c r="B605" s="19">
+        <v>6956</v>
+      </c>
+      <c r="C605" s="19"/>
+      <c r="D605" s="12" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="606" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A606" s="19"/>
+      <c r="B606" s="19">
+        <v>6960</v>
+      </c>
+      <c r="C606" s="19"/>
+      <c r="D606" s="12" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="607" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A607" s="17"/>
+      <c r="B607" s="17">
+        <v>6970</v>
+      </c>
+      <c r="C607" s="17" t="s">
+        <v>950</v>
+      </c>
+      <c r="D607" s="28" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="608" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A608" s="17"/>
+      <c r="B608" s="17">
+        <v>6971</v>
+      </c>
+      <c r="C608" s="17" t="s">
+        <v>951</v>
+      </c>
+      <c r="D608" s="28" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="609" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B609" s="8">
+        <v>6972</v>
+      </c>
+      <c r="C609" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D609" s="21" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="610" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B610" s="8">
+        <v>6980</v>
+      </c>
+      <c r="C610" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D610" s="21" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="611" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A611" s="19"/>
+      <c r="B611" s="19">
+        <v>6985</v>
+      </c>
+      <c r="C611" s="19"/>
+      <c r="D611" s="12" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="612" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A612" s="17"/>
+      <c r="B612" s="17">
+        <v>6990</v>
+      </c>
+      <c r="C612" s="17" t="s">
+        <v>955</v>
+      </c>
+      <c r="D612" s="28" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="613" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B613" s="8">
+        <v>7000</v>
+      </c>
+      <c r="C613" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D613" s="21" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="614" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A614" s="19"/>
+      <c r="B614" s="19">
+        <v>7010</v>
+      </c>
+      <c r="C614" s="19"/>
+      <c r="D614" s="12" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="615" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A615" s="17"/>
+      <c r="B615" s="17">
+        <v>7030</v>
+      </c>
+      <c r="C615" s="17" t="s">
+        <v>958</v>
+      </c>
+      <c r="D615" s="28" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="616" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B616" s="8">
+        <v>7031</v>
+      </c>
+      <c r="C616" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D616" s="21" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="617" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A617" s="19"/>
+      <c r="B617" s="19">
+        <v>7040</v>
+      </c>
+      <c r="C617" s="19"/>
+      <c r="D617" s="12" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="618" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A618" s="17"/>
+      <c r="B618" s="17">
+        <v>7050</v>
+      </c>
+      <c r="C618" s="17" t="s">
+        <v>960</v>
+      </c>
+      <c r="D618" s="28" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="619" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A619" s="17"/>
+      <c r="B619" s="17">
+        <v>7051</v>
+      </c>
+      <c r="C619" s="17" t="s">
+        <v>961</v>
+      </c>
+      <c r="D619" s="28" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="620" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B620" s="8">
+        <v>7052</v>
+      </c>
+      <c r="C620" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D620" s="21" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="621" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B621" s="8">
+        <v>7053</v>
+      </c>
+      <c r="C621" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D621" s="21" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="622" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A622" s="19"/>
+      <c r="B622" s="19">
+        <v>7055</v>
+      </c>
+      <c r="C622" s="19"/>
+      <c r="D622" s="12" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="623" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A623" s="17"/>
+      <c r="B623" s="17">
+        <v>7060</v>
+      </c>
+      <c r="C623" s="17" t="s">
+        <v>964</v>
+      </c>
+      <c r="D623" s="28" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="624" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B624" s="8">
+        <v>7061</v>
+      </c>
+      <c r="C624" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D624" s="21" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="625" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A625" s="19"/>
+      <c r="B625" s="19">
+        <v>7065</v>
+      </c>
+      <c r="C625" s="19"/>
+      <c r="D625" s="12" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="626" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A626" s="17"/>
+      <c r="B626" s="17">
+        <v>7070</v>
+      </c>
+      <c r="C626" s="17" t="s">
+        <v>966</v>
+      </c>
+      <c r="D626" s="28" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="627" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B627" s="8">
+        <v>7080</v>
+      </c>
+      <c r="C627" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D627" s="21" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="628" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A628" s="19"/>
+      <c r="B628" s="19">
+        <v>7110</v>
+      </c>
+      <c r="C628" s="19"/>
+      <c r="D628" s="12" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="629" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A629" s="19"/>
+      <c r="B629" s="19">
+        <v>7120</v>
+      </c>
+      <c r="C629" s="19"/>
+      <c r="D629" s="12" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="630" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A630" s="19"/>
+      <c r="B630" s="19">
+        <v>7125</v>
+      </c>
+      <c r="C630" s="19"/>
+      <c r="D630" s="12" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="631" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A631" s="19"/>
+      <c r="B631" s="19">
+        <v>7126</v>
+      </c>
+      <c r="C631" s="19"/>
+      <c r="D631" s="12" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="632" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A632" s="17"/>
+      <c r="B632" s="17">
+        <v>7130</v>
+      </c>
+      <c r="C632" s="17" t="s">
+        <v>972</v>
+      </c>
+      <c r="D632" s="28" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="633" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B633" s="8">
+        <v>7141</v>
+      </c>
+      <c r="C633" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D633" s="21" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="634" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A634" s="19"/>
+      <c r="B634" s="19">
+        <v>7145</v>
+      </c>
+      <c r="C634" s="19"/>
+      <c r="D634" s="12" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="635" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A635" s="17"/>
+      <c r="B635" s="17">
+        <v>7150</v>
+      </c>
+      <c r="C635" s="17" t="s">
+        <v>974</v>
+      </c>
+      <c r="D635" s="28" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="636" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B636" s="8">
+        <v>7151</v>
+      </c>
+      <c r="C636" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D636" s="21" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="637" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A637" s="19"/>
+      <c r="B637" s="19">
+        <v>7155</v>
+      </c>
+      <c r="C637" s="19"/>
+      <c r="D637" s="12" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="638" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A638" s="17"/>
+      <c r="B638" s="17">
+        <v>7160</v>
+      </c>
+      <c r="C638" s="17" t="s">
+        <v>976</v>
+      </c>
+      <c r="D638" s="28" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="639" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B639" s="8">
+        <v>7161</v>
+      </c>
+      <c r="C639" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D639" s="21" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="640" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A640" s="19"/>
+      <c r="B640" s="19">
+        <v>7165</v>
+      </c>
+      <c r="C640" s="19"/>
+      <c r="D640" s="12" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="641" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A641" s="17"/>
+      <c r="B641" s="17">
+        <v>7170</v>
+      </c>
+      <c r="C641" s="17" t="s">
+        <v>978</v>
+      </c>
+      <c r="D641" s="28" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="642" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B642" s="8">
+        <v>7171</v>
+      </c>
+      <c r="C642" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D642" s="21" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="643" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A643" s="19"/>
+      <c r="B643" s="19">
+        <v>7175</v>
+      </c>
+      <c r="C643" s="19"/>
+      <c r="D643" s="12" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="644" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A644" s="17"/>
+      <c r="B644" s="17">
+        <v>7180</v>
+      </c>
+      <c r="C644" s="17" t="s">
+        <v>980</v>
+      </c>
+      <c r="D644" s="28" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="645" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B645" s="8">
+        <v>7181</v>
+      </c>
+      <c r="C645" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D645" s="21" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="646" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A646" s="19"/>
+      <c r="B646" s="19">
+        <v>7185</v>
+      </c>
+      <c r="C646" s="19"/>
+      <c r="D646" s="12" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="647" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A647" s="17"/>
+      <c r="B647" s="17">
+        <v>7190</v>
+      </c>
+      <c r="C647" s="17" t="s">
+        <v>982</v>
+      </c>
+      <c r="D647" s="28" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="648" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B648" s="8">
+        <v>7191</v>
+      </c>
+      <c r="C648" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D648" s="21" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="649" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A649" s="19"/>
+      <c r="B649" s="19">
+        <v>7195</v>
+      </c>
+      <c r="C649" s="19"/>
+      <c r="D649" s="12" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="650" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A650" s="19"/>
+      <c r="B650" s="19">
+        <v>7210</v>
+      </c>
+      <c r="C650" s="19"/>
+      <c r="D650" s="12" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="651" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A651" s="19"/>
+      <c r="B651" s="19">
+        <v>7230</v>
+      </c>
+      <c r="C651" s="19"/>
+      <c r="D651" s="12" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="652" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A652" s="19"/>
+      <c r="B652" s="19">
+        <v>7240</v>
+      </c>
+      <c r="C652" s="19"/>
+      <c r="D652" s="12" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="653" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A653" s="19"/>
+      <c r="B653" s="19">
+        <v>7250</v>
+      </c>
+      <c r="C653" s="19"/>
+      <c r="D653" s="12" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="654" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A654" s="17"/>
+      <c r="B654" s="17">
+        <v>7260</v>
+      </c>
+      <c r="C654" s="17" t="s">
+        <v>989</v>
+      </c>
+      <c r="D654" s="28" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="655" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B655" s="8">
+        <v>7261</v>
+      </c>
+      <c r="C655" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D655" s="21" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="656" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A656" s="19"/>
+      <c r="B656" s="19">
+        <v>7265</v>
+      </c>
+      <c r="C656" s="19"/>
+      <c r="D656" s="12" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="657" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A657" s="17"/>
+      <c r="B657" s="17">
+        <v>7270</v>
+      </c>
+      <c r="C657" s="17" t="s">
+        <v>991</v>
+      </c>
+      <c r="D657" s="28" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="658" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A658" s="17"/>
+      <c r="B658" s="17">
+        <v>7271</v>
+      </c>
+      <c r="C658" s="17" t="s">
+        <v>992</v>
+      </c>
+      <c r="D658" s="28" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="659" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B659" s="8">
+        <v>7280</v>
+      </c>
+      <c r="C659" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D659" s="21" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="660" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B660" s="8">
+        <v>7281</v>
+      </c>
+      <c r="C660" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D660" s="21" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="661" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A661" s="19"/>
+      <c r="B661" s="19">
+        <v>7285</v>
+      </c>
+      <c r="C661" s="19"/>
+      <c r="D661" s="12" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="662" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A662" s="17"/>
+      <c r="B662" s="17">
+        <v>7290</v>
+      </c>
+      <c r="C662" s="17" t="s">
+        <v>995</v>
+      </c>
+      <c r="D662" s="28" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="663" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B663" s="8">
+        <v>7291</v>
+      </c>
+      <c r="C663" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D663" s="21" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="664" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A664" s="19"/>
+      <c r="B664" s="19">
+        <v>7295</v>
+      </c>
+      <c r="C664" s="19"/>
+      <c r="D664" s="12" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="665" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A665" s="17"/>
+      <c r="B665" s="17">
+        <v>7300</v>
+      </c>
+      <c r="C665" s="17" t="s">
+        <v>997</v>
+      </c>
+      <c r="D665" s="28" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="666" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B666" s="8">
+        <v>7301</v>
+      </c>
+      <c r="C666" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D666" s="21" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="667" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A667" s="19"/>
+      <c r="B667" s="19">
+        <v>7310</v>
+      </c>
+      <c r="C667" s="19"/>
+      <c r="D667" s="12" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="668" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A668" s="19"/>
+      <c r="B668" s="19">
+        <v>7330</v>
+      </c>
+      <c r="C668" s="19"/>
+      <c r="D668" s="12" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="669" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A669" s="19"/>
+      <c r="B669" s="19">
+        <v>7345</v>
+      </c>
+      <c r="C669" s="19"/>
+      <c r="D669" s="12" t="s">
         <v>1001</v>
       </c>
-      <c r="B2" s="9" t="s">
-[...7 lines deleted...]
-      <c r="A3" s="6">
+    </row>
+    <row r="670" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A670" s="19"/>
+      <c r="B670" s="19">
+        <v>7350</v>
+      </c>
+      <c r="C670" s="19"/>
+      <c r="D670" s="12" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="671" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A671" s="17"/>
+      <c r="B671" s="17">
+        <v>7360</v>
+      </c>
+      <c r="C671" s="17" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D671" s="28" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="672" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B672" s="8">
+        <v>7401</v>
+      </c>
+      <c r="C672" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D672" s="21" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="673" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A673" s="19"/>
+      <c r="B673" s="19">
+        <v>7410</v>
+      </c>
+      <c r="C673" s="19"/>
+      <c r="D673" s="12" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="674" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A674" s="17"/>
+      <c r="B674" s="17">
+        <v>7420</v>
+      </c>
+      <c r="C674" s="17" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D674" s="28" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="675" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B675" s="8">
+        <v>7421</v>
+      </c>
+      <c r="C675" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D675" s="21" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="676" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A676" s="19"/>
+      <c r="B676" s="19">
+        <v>7440</v>
+      </c>
+      <c r="C676" s="19"/>
+      <c r="D676" s="12" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="677" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A677" s="17"/>
+      <c r="B677" s="17">
+        <v>7450</v>
+      </c>
+      <c r="C677" s="17" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D677" s="28" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="678" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B678" s="8">
+        <v>7451</v>
+      </c>
+      <c r="C678" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D678" s="21" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="679" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A679" s="19"/>
+      <c r="B679" s="19">
+        <v>7455</v>
+      </c>
+      <c r="C679" s="19"/>
+      <c r="D679" s="12" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="680" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A680" s="19"/>
+      <c r="B680" s="19">
+        <v>7456</v>
+      </c>
+      <c r="C680" s="19"/>
+      <c r="D680" s="12" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="681" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A681" s="17"/>
+      <c r="B681" s="17">
+        <v>7460</v>
+      </c>
+      <c r="C681" s="17" t="s">
         <v>1010</v>
       </c>
-      <c r="B3" s="7"/>
-[...94 lines deleted...]
-      <c r="C13" s="8" t="s">
+      <c r="D681" s="28" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="682" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B682" s="8">
+        <v>7461</v>
+      </c>
+      <c r="C682" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D682" s="21" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="683" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A683" s="19"/>
+      <c r="B683" s="19">
+        <v>7465</v>
+      </c>
+      <c r="C683" s="19"/>
+      <c r="D683" s="12" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="684" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A684" s="17"/>
+      <c r="B684" s="17">
+        <v>7470</v>
+      </c>
+      <c r="C684" s="17" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D684" s="28" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="685" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B685" s="8">
+        <v>7501</v>
+      </c>
+      <c r="C685" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D685" s="21" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="686" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A686" s="19"/>
+      <c r="B686" s="19">
+        <v>7510</v>
+      </c>
+      <c r="C686" s="19"/>
+      <c r="D686" s="12" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="687" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A687" s="17"/>
+      <c r="B687" s="17">
+        <v>7530</v>
+      </c>
+      <c r="C687" s="17" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D687" s="28" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="688" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B688" s="8">
+        <v>7531</v>
+      </c>
+      <c r="C688" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D688" s="21" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="689" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A689" s="19"/>
+      <c r="B689" s="19">
+        <v>7535</v>
+      </c>
+      <c r="C689" s="19"/>
+      <c r="D689" s="12" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="690" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A690" s="17"/>
+      <c r="B690" s="17">
+        <v>7540</v>
+      </c>
+      <c r="C690" s="17" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D690" s="28" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="691" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B691" s="8">
+        <v>7581</v>
+      </c>
+      <c r="C691" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D691" s="21" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="692" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A692" s="19"/>
+      <c r="B692" s="19">
+        <v>7590</v>
+      </c>
+      <c r="C692" s="19"/>
+      <c r="D692" s="12" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="693" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A693" s="19"/>
+      <c r="B693" s="19">
+        <v>7610</v>
+      </c>
+      <c r="C693" s="19"/>
+      <c r="D693" s="12" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="694" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A694" s="19"/>
+      <c r="B694" s="19">
+        <v>7680</v>
+      </c>
+      <c r="C694" s="19"/>
+      <c r="D694" s="12" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="695" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A695" s="19"/>
+      <c r="B695" s="19">
+        <v>7700</v>
+      </c>
+      <c r="C695" s="19"/>
+      <c r="D695" s="12" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="696" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A696" s="19"/>
+      <c r="B696" s="19">
+        <v>7720</v>
+      </c>
+      <c r="C696" s="19"/>
+      <c r="D696" s="12" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="697" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A697" s="19"/>
+      <c r="B697" s="19">
+        <v>7740</v>
+      </c>
+      <c r="C697" s="19"/>
+      <c r="D697" s="12" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="698" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A698" s="19"/>
+      <c r="B698" s="19">
+        <v>7760</v>
+      </c>
+      <c r="C698" s="19"/>
+      <c r="D698" s="12" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="699" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A699" s="19"/>
+      <c r="B699" s="19">
+        <v>7780</v>
+      </c>
+      <c r="C699" s="19"/>
+      <c r="D699" s="12" t="s">
         <v>426</v>
       </c>
     </row>
-    <row r="14" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-[...243 lines deleted...]
-      <c r="C39" s="8" t="s">
+    <row r="700" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A700" s="19"/>
+      <c r="B700" s="19">
+        <v>7800</v>
+      </c>
+      <c r="C700" s="19"/>
+      <c r="D700" s="12" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="701" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A701" s="19"/>
+      <c r="B701" s="19">
+        <v>7810</v>
+      </c>
+      <c r="C701" s="19"/>
+      <c r="D701" s="12" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="702" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A702" s="19"/>
+      <c r="B702" s="19">
+        <v>7820</v>
+      </c>
+      <c r="C702" s="19"/>
+      <c r="D702" s="12" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="703" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A703" s="19"/>
+      <c r="B703" s="19">
+        <v>7830</v>
+      </c>
+      <c r="C703" s="19"/>
+      <c r="D703" s="12" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="704" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A704" s="19"/>
+      <c r="B704" s="19">
+        <v>7840</v>
+      </c>
+      <c r="C704" s="19"/>
+      <c r="D704" s="12" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="705" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A705" s="19"/>
+      <c r="B705" s="19">
+        <v>7860</v>
+      </c>
+      <c r="C705" s="19"/>
+      <c r="D705" s="12" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="706" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A706" s="19"/>
+      <c r="B706" s="19">
+        <v>7880</v>
+      </c>
+      <c r="C706" s="19"/>
+      <c r="D706" s="12" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="707" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A707" s="19"/>
+      <c r="B707" s="19">
+        <v>7900</v>
+      </c>
+      <c r="C707" s="19"/>
+      <c r="D707" s="12" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="708" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A708" s="19"/>
+      <c r="B708" s="19">
+        <v>7920</v>
+      </c>
+      <c r="C708" s="19"/>
+      <c r="D708" s="12" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="709" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A709" s="19"/>
+      <c r="B709" s="19">
+        <v>7940</v>
+      </c>
+      <c r="C709" s="19"/>
+      <c r="D709" s="12" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="710" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A710" s="19"/>
+      <c r="B710" s="19">
+        <v>7960</v>
+      </c>
+      <c r="C710" s="19"/>
+      <c r="D710" s="12" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="711" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A711" s="19"/>
+      <c r="B711" s="19">
+        <v>7980</v>
+      </c>
+      <c r="C711" s="19"/>
+      <c r="D711" s="12" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="712" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A712" s="19"/>
+      <c r="B712" s="19">
+        <v>8000</v>
+      </c>
+      <c r="C712" s="19"/>
+      <c r="D712" s="12" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="713" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A713" s="19"/>
+      <c r="B713" s="19">
+        <v>8010</v>
+      </c>
+      <c r="C713" s="19"/>
+      <c r="D713" s="12" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="714" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A714" s="19"/>
+      <c r="B714" s="19">
+        <v>8030</v>
+      </c>
+      <c r="C714" s="19"/>
+      <c r="D714" s="12" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="715" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A715" s="19"/>
+      <c r="B715" s="19">
+        <v>8035</v>
+      </c>
+      <c r="C715" s="19"/>
+      <c r="D715" s="12" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="716" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A716" s="19"/>
+      <c r="B716" s="19">
+        <v>8040</v>
+      </c>
+      <c r="C716" s="19"/>
+      <c r="D716" s="12" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="717" spans="1:4" s="24" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A717" s="19"/>
+      <c r="B717" s="19">
+        <v>8045</v>
+      </c>
+      <c r="C717" s="19"/>
+      <c r="D717" s="12" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="718" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A718" s="17"/>
+      <c r="B718" s="17">
+        <v>8050</v>
+      </c>
+      <c r="C718" s="17" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D718" s="28" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="719" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B719" s="8">
+        <v>8051</v>
+      </c>
+      <c r="C719" s="8" t="s">
         <v>35</v>
       </c>
-    </row>
-[...4284 lines deleted...]
-      <c r="A479" s="36">
+      <c r="D719" s="21" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="720" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B720" s="63">
         <v>8070</v>
       </c>
-      <c r="B479" s="37"/>
-[...5 lines deleted...]
-      <c r="A480" s="47">
+      <c r="C720" s="64"/>
+      <c r="D720" s="12" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="721" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A721" s="17"/>
+      <c r="B721" s="17">
         <v>8080</v>
       </c>
-      <c r="B480" s="48" t="s">
-[...7 lines deleted...]
-      <c r="A481" s="52">
+      <c r="C721" s="17" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D721" s="28" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="722" spans="1:4" s="29" customFormat="1" ht="15.5" x14ac:dyDescent="0.45">
+      <c r="A722" s="17"/>
+      <c r="B722" s="17">
         <v>9950</v>
       </c>
-      <c r="B481" s="52" t="s">
-[...7 lines deleted...]
-      <c r="A482" s="59">
+      <c r="C722" s="17" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D722" s="28" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="723" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B723" s="65">
         <v>9999</v>
       </c>
-      <c r="B482" s="60" t="s">
-[...3 lines deleted...]
-        <v>418</v>
+      <c r="C723" s="66" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D723" s="51" t="s">
+        <v>1046</v>
       </c>
     </row>
   </sheetData>
+  <autoFilter ref="B1:D723" xr:uid="{D846E52F-ADCA-4181-B03C-1344BE31EDBF}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="62" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="21" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{68BA89FD-93C7-4D4F-B2B2-C9AEA99EE647}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A2222D3B-5E67-4542-A058-9F0572CD7BED}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:S148"/>
+  <dimension ref="A1:V149"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-[...2 lines deleted...]
-      <selection pane="bottomLeft" activeCell="C9" sqref="C9"/>
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A46" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B27" sqref="B27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15.75" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="17.5" zeroHeight="1" x14ac:dyDescent="0.45"/>
   <cols>
-    <col min="1" max="1" width="3" style="69" bestFit="1" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="20" max="16384" width="16.140625" style="69" hidden="1"/>
+    <col min="1" max="1" width="8.25" style="102" customWidth="1"/>
+    <col min="2" max="2" width="25.5" style="102" customWidth="1"/>
+    <col min="3" max="3" width="14.75" style="103" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="17.5" style="103" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="29.08203125" style="102" customWidth="1"/>
+    <col min="6" max="6" width="29.08203125" style="125" customWidth="1"/>
+    <col min="7" max="8" width="14.08203125" style="102" customWidth="1"/>
+    <col min="9" max="9" width="23.08203125" style="102" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="44" style="122" customWidth="1"/>
+    <col min="11" max="15" width="15" style="104" customWidth="1"/>
+    <col min="16" max="16" width="3" style="102" hidden="1" customWidth="1"/>
+    <col min="17" max="17" width="27.5" style="105" hidden="1" customWidth="1"/>
+    <col min="18" max="18" width="3" style="102" hidden="1" customWidth="1"/>
+    <col min="19" max="22" width="0" style="102" hidden="1" customWidth="1"/>
+    <col min="23" max="16384" width="14.08203125" style="102" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:14" s="80" customFormat="1" ht="26.25" x14ac:dyDescent="0.25">
-[...86 lines deleted...]
-      <c r="D5" s="82">
+    <row r="1" spans="1:17" customFormat="1" ht="29" x14ac:dyDescent="0.45">
+      <c r="A1" s="99" t="s">
+        <v>33</v>
+      </c>
+      <c r="B1" s="100"/>
+      <c r="C1" s="100"/>
+      <c r="D1" s="100"/>
+      <c r="E1" s="100"/>
+      <c r="F1" s="124"/>
+      <c r="G1" s="100"/>
+      <c r="H1" s="100"/>
+      <c r="I1" s="100"/>
+      <c r="J1" s="100"/>
+      <c r="K1" s="100"/>
+      <c r="L1" s="100"/>
+      <c r="M1" s="100"/>
+      <c r="N1" s="100"/>
+      <c r="O1" s="100"/>
+      <c r="Q1" s="101"/>
+    </row>
+    <row r="2" spans="1:17" ht="100" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A2" s="106" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B2" s="106" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" s="107" t="s">
+        <v>36</v>
+      </c>
+      <c r="D2" s="107" t="s">
+        <v>37</v>
+      </c>
+      <c r="E2" s="106" t="s">
+        <v>38</v>
+      </c>
+      <c r="F2" s="163" t="s">
+        <v>1082</v>
+      </c>
+      <c r="G2" s="106" t="s">
+        <v>39</v>
+      </c>
+      <c r="H2" s="163" t="s">
+        <v>1083</v>
+      </c>
+      <c r="I2" s="106" t="s">
+        <v>1080</v>
+      </c>
+      <c r="J2" s="106" t="s">
+        <v>40</v>
+      </c>
+      <c r="K2" s="108" t="s">
+        <v>41</v>
+      </c>
+      <c r="L2" s="108" t="s">
+        <v>42</v>
+      </c>
+      <c r="M2" s="108" t="s">
+        <v>43</v>
+      </c>
+      <c r="N2" s="108" t="s">
+        <v>44</v>
+      </c>
+      <c r="O2" s="108" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17" ht="28" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A3" s="109" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" s="110" t="s">
+        <v>46</v>
+      </c>
+      <c r="C3" s="111"/>
+      <c r="D3" s="111"/>
+      <c r="E3" s="112"/>
+      <c r="F3" s="131"/>
+      <c r="G3" s="112"/>
+      <c r="H3" s="112"/>
+      <c r="I3" s="112"/>
+      <c r="J3" s="113"/>
+      <c r="K3" s="114"/>
+      <c r="L3" s="114"/>
+      <c r="M3" s="114"/>
+      <c r="N3" s="114"/>
+      <c r="O3" s="115"/>
+    </row>
+    <row r="4" spans="1:17" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A4" s="67" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" s="67" t="s">
+        <v>47</v>
+      </c>
+      <c r="C4" s="74">
         <v>0.25</v>
       </c>
-      <c r="E5" s="83"/>
-[...33 lines deleted...]
-      <c r="D6" s="86">
+      <c r="D4" s="75"/>
+      <c r="E4" s="67" t="s">
+        <v>48</v>
+      </c>
+      <c r="F4" s="67" t="s">
+        <v>1084</v>
+      </c>
+      <c r="G4" s="67" t="s">
+        <v>49</v>
+      </c>
+      <c r="H4" s="67" t="s">
+        <v>1085</v>
+      </c>
+      <c r="I4" s="67" t="s">
+        <v>50</v>
+      </c>
+      <c r="J4" s="76" t="s">
+        <v>51</v>
+      </c>
+      <c r="K4" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="L4" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="M4" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N4" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O4" s="77"/>
+    </row>
+    <row r="5" spans="1:17" ht="140" x14ac:dyDescent="0.45">
+      <c r="A5" s="67" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" s="67" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" s="74">
         <v>0</v>
       </c>
-      <c r="E6" s="83"/>
-[...103 lines deleted...]
-      <c r="D9" s="82">
+      <c r="D5" s="75"/>
+      <c r="E5" s="67" t="s">
+        <v>54</v>
+      </c>
+      <c r="F5" s="67" t="s">
+        <v>1086</v>
+      </c>
+      <c r="G5" s="67" t="s">
+        <v>55</v>
+      </c>
+      <c r="H5" s="67" t="s">
+        <v>1087</v>
+      </c>
+      <c r="I5" s="76" t="s">
+        <v>1234</v>
+      </c>
+      <c r="J5" s="76" t="s">
+        <v>1235</v>
+      </c>
+      <c r="K5" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="L5" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O5" s="77"/>
+    </row>
+    <row r="6" spans="1:17" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A6" s="67" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" s="67" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" s="74" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" s="75"/>
+      <c r="E6" s="67" t="s">
+        <v>58</v>
+      </c>
+      <c r="F6" s="67" t="s">
+        <v>1088</v>
+      </c>
+      <c r="G6" s="67" t="s">
+        <v>59</v>
+      </c>
+      <c r="H6" s="67" t="s">
+        <v>1089</v>
+      </c>
+      <c r="I6" s="67" t="s">
+        <v>60</v>
+      </c>
+      <c r="J6" s="76" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="L6" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N6" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O6" s="77"/>
+    </row>
+    <row r="7" spans="1:17" ht="105" x14ac:dyDescent="0.45">
+      <c r="A7" s="67" t="s">
+        <v>46</v>
+      </c>
+      <c r="B7" s="67" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" s="75" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" s="78"/>
+      <c r="E7" s="67" t="s">
+        <v>63</v>
+      </c>
+      <c r="F7" s="67" t="s">
+        <v>1090</v>
+      </c>
+      <c r="G7" s="67" t="s">
+        <v>64</v>
+      </c>
+      <c r="H7" s="67" t="s">
+        <v>1091</v>
+      </c>
+      <c r="I7" s="67" t="s">
+        <v>60</v>
+      </c>
+      <c r="J7" s="76" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" s="77"/>
+      <c r="L7" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="M7" s="77"/>
+      <c r="N7" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O7" s="77"/>
+    </row>
+    <row r="8" spans="1:17" ht="105" x14ac:dyDescent="0.45">
+      <c r="A8" s="67" t="s">
+        <v>46</v>
+      </c>
+      <c r="B8" s="67" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" s="74">
         <v>0.25</v>
       </c>
-      <c r="E9" s="87"/>
-[...27 lines deleted...]
-      <c r="D10" s="82">
+      <c r="D8" s="75"/>
+      <c r="E8" s="67" t="s">
+        <v>67</v>
+      </c>
+      <c r="F8" s="67" t="s">
+        <v>1092</v>
+      </c>
+      <c r="G8" s="67" t="s">
+        <v>68</v>
+      </c>
+      <c r="H8" s="67" t="s">
+        <v>1093</v>
+      </c>
+      <c r="I8" s="67" t="s">
+        <v>50</v>
+      </c>
+      <c r="J8" s="76" t="s">
+        <v>69</v>
+      </c>
+      <c r="K8" s="77"/>
+      <c r="L8" s="77"/>
+      <c r="M8" s="77"/>
+      <c r="N8" s="77"/>
+      <c r="O8" s="77" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" ht="52.5" x14ac:dyDescent="0.45">
+      <c r="A9" s="67" t="s">
+        <v>46</v>
+      </c>
+      <c r="B9" s="67" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" s="74">
         <v>0.25</v>
       </c>
-      <c r="E10" s="87"/>
-[...27 lines deleted...]
-      <c r="D11" s="86">
+      <c r="D9" s="75"/>
+      <c r="E9" s="67" t="s">
+        <v>71</v>
+      </c>
+      <c r="F9" s="67" t="s">
+        <v>1094</v>
+      </c>
+      <c r="G9" s="67" t="s">
+        <v>72</v>
+      </c>
+      <c r="H9" s="67" t="s">
+        <v>1095</v>
+      </c>
+      <c r="I9" s="67" t="s">
+        <v>50</v>
+      </c>
+      <c r="J9" s="76" t="s">
+        <v>73</v>
+      </c>
+      <c r="K9" s="77"/>
+      <c r="L9" s="77"/>
+      <c r="M9" s="77"/>
+      <c r="N9" s="77"/>
+      <c r="O9" s="77" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" ht="105" x14ac:dyDescent="0.45">
+      <c r="A10" s="67" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" s="67" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" s="74">
         <v>0.25</v>
       </c>
-      <c r="E11" s="83"/>
-[...27 lines deleted...]
-      <c r="D12" s="86">
+      <c r="D10" s="75"/>
+      <c r="E10" s="67" t="s">
+        <v>76</v>
+      </c>
+      <c r="F10" s="67" t="s">
+        <v>1096</v>
+      </c>
+      <c r="G10" s="67" t="s">
+        <v>77</v>
+      </c>
+      <c r="H10" s="67" t="s">
+        <v>1097</v>
+      </c>
+      <c r="I10" s="67" t="s">
+        <v>50</v>
+      </c>
+      <c r="J10" s="76" t="s">
+        <v>78</v>
+      </c>
+      <c r="K10" s="77"/>
+      <c r="L10" s="77"/>
+      <c r="M10" s="77"/>
+      <c r="N10" s="77"/>
+      <c r="O10" s="77" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" ht="175" x14ac:dyDescent="0.45">
+      <c r="A11" s="67" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" s="67" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" s="74">
         <v>0.2</v>
       </c>
-      <c r="E12" s="83"/>
-[...27 lines deleted...]
-      <c r="D13" s="82">
+      <c r="D11" s="75"/>
+      <c r="E11" s="67" t="s">
+        <v>1098</v>
+      </c>
+      <c r="F11" s="67" t="s">
+        <v>1099</v>
+      </c>
+      <c r="G11" s="67" t="s">
+        <v>81</v>
+      </c>
+      <c r="H11" s="67" t="s">
+        <v>1100</v>
+      </c>
+      <c r="I11" s="67" t="s">
+        <v>50</v>
+      </c>
+      <c r="J11" s="76" t="s">
+        <v>1236</v>
+      </c>
+      <c r="K11" s="77"/>
+      <c r="L11" s="77"/>
+      <c r="M11" s="77"/>
+      <c r="N11" s="77"/>
+      <c r="O11" s="77" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A12" s="67" t="s">
+        <v>46</v>
+      </c>
+      <c r="B12" s="67" t="s">
+        <v>82</v>
+      </c>
+      <c r="C12" s="74">
         <v>0.05</v>
       </c>
-      <c r="E13" s="87"/>
-[...77 lines deleted...]
-      <c r="D16" s="97">
+      <c r="D12" s="75"/>
+      <c r="E12" s="67" t="s">
+        <v>83</v>
+      </c>
+      <c r="F12" s="67" t="s">
+        <v>1101</v>
+      </c>
+      <c r="G12" s="67" t="s">
+        <v>84</v>
+      </c>
+      <c r="H12" s="67" t="s">
+        <v>1102</v>
+      </c>
+      <c r="I12" s="67" t="s">
+        <v>50</v>
+      </c>
+      <c r="J12" s="76" t="s">
+        <v>85</v>
+      </c>
+      <c r="K12" s="77"/>
+      <c r="L12" s="77"/>
+      <c r="M12" s="77"/>
+      <c r="N12" s="77"/>
+      <c r="O12" s="77" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" ht="70" x14ac:dyDescent="0.45">
+      <c r="A13" s="79" t="s">
+        <v>46</v>
+      </c>
+      <c r="B13" s="79" t="s">
+        <v>86</v>
+      </c>
+      <c r="C13" s="80" t="s">
+        <v>87</v>
+      </c>
+      <c r="D13" s="80"/>
+      <c r="E13" s="79" t="s">
+        <v>88</v>
+      </c>
+      <c r="F13" s="79" t="s">
+        <v>1103</v>
+      </c>
+      <c r="G13" s="79" t="s">
+        <v>89</v>
+      </c>
+      <c r="H13" s="79" t="s">
+        <v>1104</v>
+      </c>
+      <c r="I13" s="79" t="s">
+        <v>60</v>
+      </c>
+      <c r="J13" s="81" t="s">
+        <v>90</v>
+      </c>
+      <c r="K13" s="82"/>
+      <c r="L13" s="82"/>
+      <c r="M13" s="82"/>
+      <c r="N13" s="82"/>
+      <c r="O13" s="82" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" ht="28" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A14" s="68" t="s">
+        <v>46</v>
+      </c>
+      <c r="B14" s="69" t="s">
+        <v>91</v>
+      </c>
+      <c r="C14" s="70"/>
+      <c r="D14" s="70"/>
+      <c r="E14" s="71"/>
+      <c r="F14" s="71"/>
+      <c r="G14" s="71"/>
+      <c r="H14" s="71"/>
+      <c r="I14" s="71"/>
+      <c r="J14" s="72"/>
+      <c r="K14" s="70"/>
+      <c r="L14" s="70"/>
+      <c r="M14" s="70"/>
+      <c r="N14" s="70"/>
+      <c r="O14" s="83"/>
+    </row>
+    <row r="15" spans="1:17" ht="52.5" x14ac:dyDescent="0.45">
+      <c r="A15" s="84" t="s">
+        <v>46</v>
+      </c>
+      <c r="B15" s="84" t="s">
+        <v>92</v>
+      </c>
+      <c r="C15" s="85">
         <v>0</v>
       </c>
-      <c r="E16" s="98"/>
-[...12 lines deleted...]
-      <c r="J16" s="77"/>
+      <c r="D15" s="86"/>
+      <c r="E15" s="84" t="s">
+        <v>93</v>
+      </c>
+      <c r="F15" s="84" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G15" s="84" t="s">
+        <v>94</v>
+      </c>
+      <c r="H15" s="84" t="s">
+        <v>1106</v>
+      </c>
+      <c r="I15" s="84" t="s">
+        <v>95</v>
+      </c>
+      <c r="J15" s="87" t="s">
+        <v>96</v>
+      </c>
+      <c r="K15" s="88"/>
+      <c r="L15" s="88"/>
+      <c r="M15" s="88" t="s">
+        <v>52</v>
+      </c>
+      <c r="N15" s="88" t="s">
+        <v>52</v>
+      </c>
+      <c r="O15" s="88"/>
+    </row>
+    <row r="16" spans="1:17" ht="105" x14ac:dyDescent="0.45">
+      <c r="A16" s="67" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16" s="67" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C16" s="74">
+        <v>0</v>
+      </c>
+      <c r="D16" s="75"/>
+      <c r="E16" s="67" t="s">
+        <v>97</v>
+      </c>
+      <c r="F16" s="67" t="s">
+        <v>1107</v>
+      </c>
+      <c r="G16" s="67" t="s">
+        <v>98</v>
+      </c>
+      <c r="H16" s="67" t="s">
+        <v>1108</v>
+      </c>
+      <c r="I16" s="67" t="s">
+        <v>99</v>
+      </c>
+      <c r="J16" s="76" t="s">
+        <v>100</v>
+      </c>
       <c r="K16" s="77"/>
-      <c r="L16" s="77" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L16" s="77"/>
       <c r="M16" s="77" t="s">
-        <v>668</v>
-[...10 lines deleted...]
-      <c r="D17" s="82">
+        <v>52</v>
+      </c>
+      <c r="N16" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O16" s="77"/>
+    </row>
+    <row r="17" spans="1:17" ht="70" x14ac:dyDescent="0.45">
+      <c r="A17" s="67" t="s">
+        <v>46</v>
+      </c>
+      <c r="B17" s="67" t="s">
+        <v>101</v>
+      </c>
+      <c r="C17" s="74">
         <v>0</v>
       </c>
-      <c r="E17" s="83"/>
-[...29 lines deleted...]
-      <c r="D18" s="82">
+      <c r="D17" s="75"/>
+      <c r="E17" s="67" t="s">
+        <v>102</v>
+      </c>
+      <c r="F17" s="67" t="s">
+        <v>1109</v>
+      </c>
+      <c r="G17" s="67" t="s">
+        <v>103</v>
+      </c>
+      <c r="H17" s="67" t="s">
+        <v>1110</v>
+      </c>
+      <c r="I17" s="67" t="s">
+        <v>104</v>
+      </c>
+      <c r="J17" s="76" t="s">
+        <v>105</v>
+      </c>
+      <c r="K17" s="77"/>
+      <c r="L17" s="77"/>
+      <c r="M17" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N17" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O17" s="77"/>
+    </row>
+    <row r="18" spans="1:17" ht="105" x14ac:dyDescent="0.45">
+      <c r="A18" s="79" t="s">
+        <v>46</v>
+      </c>
+      <c r="B18" s="79" t="s">
+        <v>106</v>
+      </c>
+      <c r="C18" s="80" t="s">
+        <v>57</v>
+      </c>
+      <c r="D18" s="80"/>
+      <c r="E18" s="79" t="s">
+        <v>107</v>
+      </c>
+      <c r="F18" s="79" t="s">
+        <v>1111</v>
+      </c>
+      <c r="G18" s="79" t="s">
+        <v>108</v>
+      </c>
+      <c r="H18" s="79" t="s">
+        <v>1112</v>
+      </c>
+      <c r="I18" s="79" t="s">
+        <v>60</v>
+      </c>
+      <c r="J18" s="81" t="s">
+        <v>109</v>
+      </c>
+      <c r="K18" s="82"/>
+      <c r="L18" s="82"/>
+      <c r="M18" s="82"/>
+      <c r="N18" s="82" t="s">
+        <v>52</v>
+      </c>
+      <c r="O18" s="82"/>
+    </row>
+    <row r="19" spans="1:17" ht="70" x14ac:dyDescent="0.45">
+      <c r="A19" s="67" t="s">
+        <v>46</v>
+      </c>
+      <c r="B19" s="67" t="s">
+        <v>110</v>
+      </c>
+      <c r="C19" s="74">
         <v>0</v>
       </c>
-      <c r="E18" s="87"/>
-[...79 lines deleted...]
-      <c r="D21" s="97">
+      <c r="D19" s="75"/>
+      <c r="E19" s="67" t="s">
+        <v>111</v>
+      </c>
+      <c r="F19" s="67" t="s">
+        <v>1113</v>
+      </c>
+      <c r="G19" s="67" t="s">
+        <v>112</v>
+      </c>
+      <c r="H19" s="67" t="s">
+        <v>1114</v>
+      </c>
+      <c r="I19" s="67" t="s">
+        <v>113</v>
+      </c>
+      <c r="J19" s="76" t="s">
+        <v>114</v>
+      </c>
+      <c r="K19" s="77"/>
+      <c r="L19" s="77"/>
+      <c r="M19" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N19" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O19" s="77"/>
+    </row>
+    <row r="20" spans="1:17" ht="28" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A20" s="68" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" s="69" t="s">
+        <v>115</v>
+      </c>
+      <c r="C20" s="70"/>
+      <c r="D20" s="70"/>
+      <c r="E20" s="71"/>
+      <c r="F20" s="71"/>
+      <c r="G20" s="71"/>
+      <c r="H20" s="71"/>
+      <c r="I20" s="71"/>
+      <c r="J20" s="72"/>
+      <c r="K20" s="71"/>
+      <c r="L20" s="71"/>
+      <c r="M20" s="71"/>
+      <c r="N20" s="71"/>
+      <c r="O20" s="73"/>
+    </row>
+    <row r="21" spans="1:17" ht="70" x14ac:dyDescent="0.45">
+      <c r="A21" s="84" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="84" t="s">
+        <v>116</v>
+      </c>
+      <c r="C21" s="85">
         <v>0</v>
       </c>
-      <c r="E21" s="98"/>
-[...29 lines deleted...]
-      <c r="D22" s="82">
+      <c r="D21" s="86"/>
+      <c r="E21" s="84" t="s">
+        <v>117</v>
+      </c>
+      <c r="F21" s="84" t="s">
+        <v>1115</v>
+      </c>
+      <c r="G21" s="84" t="s">
+        <v>118</v>
+      </c>
+      <c r="H21" s="84" t="s">
+        <v>1116</v>
+      </c>
+      <c r="I21" s="84" t="s">
+        <v>119</v>
+      </c>
+      <c r="J21" s="87" t="s">
+        <v>120</v>
+      </c>
+      <c r="K21" s="88"/>
+      <c r="L21" s="88"/>
+      <c r="M21" s="88" t="s">
+        <v>52</v>
+      </c>
+      <c r="N21" s="88" t="s">
+        <v>52</v>
+      </c>
+      <c r="O21" s="88"/>
+    </row>
+    <row r="22" spans="1:17" ht="52.5" x14ac:dyDescent="0.45">
+      <c r="A22" s="67" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" s="67" t="s">
+        <v>121</v>
+      </c>
+      <c r="C22" s="74">
         <v>0</v>
       </c>
-      <c r="E22" s="87"/>
-[...191 lines deleted...]
-      <c r="D29" s="82">
+      <c r="D22" s="75"/>
+      <c r="E22" s="67" t="s">
+        <v>122</v>
+      </c>
+      <c r="F22" s="67" t="s">
+        <v>1117</v>
+      </c>
+      <c r="G22" s="67" t="s">
+        <v>123</v>
+      </c>
+      <c r="H22" s="67" t="s">
+        <v>1118</v>
+      </c>
+      <c r="I22" s="67" t="s">
+        <v>119</v>
+      </c>
+      <c r="J22" s="76" t="s">
+        <v>124</v>
+      </c>
+      <c r="K22" s="77"/>
+      <c r="L22" s="77"/>
+      <c r="M22" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N22" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O22" s="77"/>
+    </row>
+    <row r="23" spans="1:17" ht="122.5" x14ac:dyDescent="0.45">
+      <c r="A23" s="79" t="s">
+        <v>46</v>
+      </c>
+      <c r="B23" s="79" t="s">
+        <v>125</v>
+      </c>
+      <c r="C23" s="80" t="s">
+        <v>57</v>
+      </c>
+      <c r="D23" s="80"/>
+      <c r="E23" s="79" t="s">
+        <v>126</v>
+      </c>
+      <c r="F23" s="79" t="s">
+        <v>1119</v>
+      </c>
+      <c r="G23" s="79" t="s">
+        <v>127</v>
+      </c>
+      <c r="H23" s="79" t="s">
+        <v>1120</v>
+      </c>
+      <c r="I23" s="79" t="s">
+        <v>60</v>
+      </c>
+      <c r="J23" s="81" t="s">
+        <v>128</v>
+      </c>
+      <c r="K23" s="82"/>
+      <c r="L23" s="82"/>
+      <c r="M23" s="82"/>
+      <c r="N23" s="82" t="s">
+        <v>52</v>
+      </c>
+      <c r="O23" s="82"/>
+    </row>
+    <row r="24" spans="1:17" ht="28" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A24" s="68" t="s">
+        <v>46</v>
+      </c>
+      <c r="B24" s="69" t="s">
+        <v>129</v>
+      </c>
+      <c r="C24" s="89"/>
+      <c r="D24" s="89"/>
+      <c r="E24" s="90"/>
+      <c r="F24" s="90"/>
+      <c r="G24" s="90"/>
+      <c r="H24" s="90"/>
+      <c r="I24" s="90"/>
+      <c r="J24" s="91"/>
+      <c r="K24" s="90"/>
+      <c r="L24" s="90"/>
+      <c r="M24" s="90"/>
+      <c r="N24" s="90"/>
+      <c r="O24" s="92"/>
+    </row>
+    <row r="25" spans="1:17" ht="140" x14ac:dyDescent="0.45">
+      <c r="A25" s="84" t="s">
+        <v>46</v>
+      </c>
+      <c r="B25" s="84" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C25" s="86" t="s">
+        <v>87</v>
+      </c>
+      <c r="D25" s="86"/>
+      <c r="E25" s="84" t="s">
+        <v>130</v>
+      </c>
+      <c r="F25" s="84" t="s">
+        <v>1121</v>
+      </c>
+      <c r="G25" s="84" t="s">
+        <v>130</v>
+      </c>
+      <c r="H25" s="84" t="s">
+        <v>1122</v>
+      </c>
+      <c r="I25" s="84" t="s">
+        <v>1238</v>
+      </c>
+      <c r="J25" s="87" t="s">
+        <v>1239</v>
+      </c>
+      <c r="K25" s="88"/>
+      <c r="L25" s="88"/>
+      <c r="M25" s="88" t="s">
+        <v>52</v>
+      </c>
+      <c r="N25" s="88" t="s">
+        <v>52</v>
+      </c>
+      <c r="O25" s="93" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" ht="105" x14ac:dyDescent="0.45">
+      <c r="A26" s="67" t="s">
+        <v>46</v>
+      </c>
+      <c r="B26" s="67" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C26" s="75" t="s">
+        <v>87</v>
+      </c>
+      <c r="D26" s="75"/>
+      <c r="E26" s="67" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F26" s="67" t="s">
+        <v>1124</v>
+      </c>
+      <c r="G26" s="67" t="s">
+        <v>1240</v>
+      </c>
+      <c r="H26" s="67" t="s">
+        <v>1125</v>
+      </c>
+      <c r="I26" s="67" t="s">
+        <v>1241</v>
+      </c>
+      <c r="J26" s="76" t="s">
+        <v>131</v>
+      </c>
+      <c r="K26" s="77"/>
+      <c r="L26" s="77"/>
+      <c r="M26" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N26" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O26" s="94" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" s="117" customFormat="1" ht="157.5" x14ac:dyDescent="0.45">
+      <c r="A27" s="67" t="s">
+        <v>46</v>
+      </c>
+      <c r="B27" s="67" t="s">
+        <v>132</v>
+      </c>
+      <c r="C27" s="75" t="s">
+        <v>87</v>
+      </c>
+      <c r="D27" s="75"/>
+      <c r="E27" s="67" t="s">
+        <v>133</v>
+      </c>
+      <c r="F27" s="67" t="s">
+        <v>1126</v>
+      </c>
+      <c r="G27" s="67" t="s">
+        <v>133</v>
+      </c>
+      <c r="H27" s="67" t="s">
+        <v>1127</v>
+      </c>
+      <c r="I27" s="67" t="s">
+        <v>134</v>
+      </c>
+      <c r="J27" s="76" t="s">
+        <v>135</v>
+      </c>
+      <c r="K27" s="77"/>
+      <c r="L27" s="77"/>
+      <c r="M27" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N27" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O27" s="94" t="s">
+        <v>52</v>
+      </c>
+      <c r="Q27" s="118"/>
+    </row>
+    <row r="28" spans="1:17" s="117" customFormat="1" ht="105" x14ac:dyDescent="0.45">
+      <c r="A28" s="67" t="s">
+        <v>46</v>
+      </c>
+      <c r="B28" s="67" t="s">
+        <v>136</v>
+      </c>
+      <c r="C28" s="74">
         <v>0.25</v>
       </c>
-      <c r="E29" s="82">
+      <c r="D28" s="75"/>
+      <c r="E28" s="67" t="s">
+        <v>138</v>
+      </c>
+      <c r="F28" s="67" t="s">
+        <v>1128</v>
+      </c>
+      <c r="G28" s="67" t="s">
+        <v>138</v>
+      </c>
+      <c r="H28" s="67" t="s">
+        <v>1129</v>
+      </c>
+      <c r="I28" s="67" t="s">
+        <v>139</v>
+      </c>
+      <c r="J28" s="76" t="s">
+        <v>140</v>
+      </c>
+      <c r="K28" s="77"/>
+      <c r="L28" s="77"/>
+      <c r="M28" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N28" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O28" s="94"/>
+      <c r="Q28" s="118"/>
+    </row>
+    <row r="29" spans="1:17" ht="122.5" x14ac:dyDescent="0.45">
+      <c r="A29" s="67" t="s">
+        <v>46</v>
+      </c>
+      <c r="B29" s="67" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C29" s="74">
+        <v>0.25</v>
+      </c>
+      <c r="D29" s="75"/>
+      <c r="E29" s="67" t="s">
+        <v>141</v>
+      </c>
+      <c r="F29" s="67" t="s">
+        <v>1130</v>
+      </c>
+      <c r="G29" s="67" t="s">
+        <v>141</v>
+      </c>
+      <c r="H29" s="67" t="s">
+        <v>1131</v>
+      </c>
+      <c r="I29" s="67" t="s">
+        <v>1242</v>
+      </c>
+      <c r="J29" s="76" t="s">
+        <v>1243</v>
+      </c>
+      <c r="K29" s="77"/>
+      <c r="L29" s="77"/>
+      <c r="M29" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N29" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O29" s="94" t="s">
+        <v>52</v>
+      </c>
+      <c r="Q29" s="118"/>
+    </row>
+    <row r="30" spans="1:17" ht="25" x14ac:dyDescent="0.45">
+      <c r="A30" s="68" t="s">
+        <v>142</v>
+      </c>
+      <c r="B30" s="69" t="s">
+        <v>142</v>
+      </c>
+      <c r="C30" s="70"/>
+      <c r="D30" s="70"/>
+      <c r="E30" s="71"/>
+      <c r="F30" s="71"/>
+      <c r="G30" s="71"/>
+      <c r="H30" s="71"/>
+      <c r="I30" s="71"/>
+      <c r="J30" s="72"/>
+      <c r="K30" s="71"/>
+      <c r="L30" s="71"/>
+      <c r="M30" s="71"/>
+      <c r="N30" s="71"/>
+      <c r="O30" s="73"/>
+    </row>
+    <row r="31" spans="1:17" ht="140" x14ac:dyDescent="0.45">
+      <c r="A31" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B31" s="67" t="s">
+        <v>143</v>
+      </c>
+      <c r="C31" s="74">
+        <v>0.25</v>
+      </c>
+      <c r="D31" s="74">
         <v>1</v>
       </c>
-      <c r="F29" s="81" t="s">
-[...32 lines deleted...]
-      <c r="D30" s="82">
+      <c r="E31" s="67" t="s">
+        <v>144</v>
+      </c>
+      <c r="F31" s="67" t="s">
+        <v>1132</v>
+      </c>
+      <c r="G31" s="67" t="s">
+        <v>145</v>
+      </c>
+      <c r="H31" s="67" t="s">
+        <v>1133</v>
+      </c>
+      <c r="I31" s="67" t="s">
+        <v>146</v>
+      </c>
+      <c r="J31" s="76" t="s">
+        <v>147</v>
+      </c>
+      <c r="K31" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="L31" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="M31" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N31" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O31" s="77"/>
+    </row>
+    <row r="32" spans="1:17" ht="175" x14ac:dyDescent="0.45">
+      <c r="A32" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B32" s="67" t="s">
+        <v>148</v>
+      </c>
+      <c r="C32" s="74">
         <v>0.25</v>
       </c>
-      <c r="E30" s="87" t="s">
-[...38 lines deleted...]
-      <c r="E31" s="82">
+      <c r="D32" s="75" t="s">
+        <v>149</v>
+      </c>
+      <c r="E32" s="67" t="s">
+        <v>150</v>
+      </c>
+      <c r="F32" s="67" t="s">
+        <v>1134</v>
+      </c>
+      <c r="G32" s="67" t="s">
+        <v>151</v>
+      </c>
+      <c r="H32" s="67" t="s">
+        <v>1135</v>
+      </c>
+      <c r="I32" s="67" t="s">
+        <v>146</v>
+      </c>
+      <c r="J32" s="76" t="s">
+        <v>152</v>
+      </c>
+      <c r="K32" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="L32" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="M32" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N32" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O32" s="77"/>
+    </row>
+    <row r="33" spans="1:15" ht="157.5" x14ac:dyDescent="0.45">
+      <c r="A33" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B33" s="67" t="s">
+        <v>153</v>
+      </c>
+      <c r="C33" s="75" t="s">
+        <v>57</v>
+      </c>
+      <c r="D33" s="74">
         <v>0</v>
       </c>
-      <c r="F31" s="81" t="s">
-[...32 lines deleted...]
-      <c r="D32" s="82">
+      <c r="E33" s="67" t="s">
+        <v>154</v>
+      </c>
+      <c r="F33" s="67" t="s">
+        <v>1136</v>
+      </c>
+      <c r="G33" s="67" t="s">
+        <v>155</v>
+      </c>
+      <c r="H33" s="67" t="s">
+        <v>1137</v>
+      </c>
+      <c r="I33" s="67" t="s">
+        <v>60</v>
+      </c>
+      <c r="J33" s="76" t="s">
+        <v>156</v>
+      </c>
+      <c r="K33" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="L33" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="M33" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N33" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O33" s="77"/>
+    </row>
+    <row r="34" spans="1:15" ht="70" x14ac:dyDescent="0.45">
+      <c r="A34" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B34" s="67" t="s">
+        <v>157</v>
+      </c>
+      <c r="C34" s="74">
         <v>0.25</v>
       </c>
-      <c r="E32" s="87" t="s">
-[...29 lines deleted...]
-      <c r="D33" s="86">
+      <c r="D34" s="75" t="s">
+        <v>158</v>
+      </c>
+      <c r="E34" s="67" t="s">
+        <v>159</v>
+      </c>
+      <c r="F34" s="67" t="s">
+        <v>1138</v>
+      </c>
+      <c r="G34" s="67" t="s">
+        <v>160</v>
+      </c>
+      <c r="H34" s="67" t="s">
+        <v>1139</v>
+      </c>
+      <c r="I34" s="67" t="s">
+        <v>146</v>
+      </c>
+      <c r="J34" s="76" t="s">
+        <v>162</v>
+      </c>
+      <c r="K34" s="77"/>
+      <c r="L34" s="77"/>
+      <c r="M34" s="77"/>
+      <c r="N34" s="77"/>
+      <c r="O34" s="77" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="35" spans="1:15" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A35" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B35" s="67" t="s">
+        <v>163</v>
+      </c>
+      <c r="C35" s="74">
         <v>0.25</v>
       </c>
-      <c r="E33" s="86">
+      <c r="D35" s="74">
         <v>0.5</v>
       </c>
-      <c r="F33" s="84" t="s">
-[...32 lines deleted...]
-      <c r="D34" s="86">
+      <c r="E35" s="67" t="s">
+        <v>164</v>
+      </c>
+      <c r="F35" s="67" t="s">
+        <v>1140</v>
+      </c>
+      <c r="G35" s="67" t="s">
+        <v>165</v>
+      </c>
+      <c r="H35" s="67" t="s">
+        <v>1141</v>
+      </c>
+      <c r="I35" s="67" t="s">
+        <v>146</v>
+      </c>
+      <c r="J35" s="76" t="s">
+        <v>167</v>
+      </c>
+      <c r="K35" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="L35" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="M35" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N35" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O35" s="77"/>
+    </row>
+    <row r="36" spans="1:15" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A36" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B36" s="67" t="s">
+        <v>168</v>
+      </c>
+      <c r="C36" s="74">
         <v>0.25</v>
       </c>
-      <c r="E34" s="86">
+      <c r="D36" s="74">
         <v>0.5</v>
       </c>
-      <c r="F34" s="84" t="s">
-[...28 lines deleted...]
-      <c r="D35" s="86">
+      <c r="E36" s="67" t="s">
+        <v>169</v>
+      </c>
+      <c r="F36" s="67" t="s">
+        <v>1142</v>
+      </c>
+      <c r="G36" s="67" t="s">
+        <v>170</v>
+      </c>
+      <c r="H36" s="67" t="s">
+        <v>1143</v>
+      </c>
+      <c r="I36" s="67" t="s">
+        <v>146</v>
+      </c>
+      <c r="J36" s="76" t="s">
+        <v>172</v>
+      </c>
+      <c r="K36" s="77"/>
+      <c r="L36" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="M36" s="77"/>
+      <c r="N36" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O36" s="77"/>
+    </row>
+    <row r="37" spans="1:15" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A37" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B37" s="67" t="s">
+        <v>173</v>
+      </c>
+      <c r="C37" s="74">
         <v>0.25</v>
       </c>
-      <c r="E35" s="115">
+      <c r="D37" s="95">
         <v>0.33300000000000002</v>
       </c>
-      <c r="F35" s="84" t="s">
-[...32 lines deleted...]
-      <c r="D36" s="86">
+      <c r="E37" s="67" t="s">
+        <v>174</v>
+      </c>
+      <c r="F37" s="67" t="s">
+        <v>1144</v>
+      </c>
+      <c r="G37" s="67" t="s">
+        <v>175</v>
+      </c>
+      <c r="H37" s="67" t="s">
+        <v>1145</v>
+      </c>
+      <c r="I37" s="67" t="s">
+        <v>146</v>
+      </c>
+      <c r="J37" s="76" t="s">
+        <v>177</v>
+      </c>
+      <c r="K37" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="L37" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="M37" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N37" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O37" s="77"/>
+    </row>
+    <row r="38" spans="1:15" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A38" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B38" s="67" t="s">
+        <v>178</v>
+      </c>
+      <c r="C38" s="74">
         <v>0.25</v>
       </c>
-      <c r="E36" s="86">
+      <c r="D38" s="74">
         <v>0.25</v>
       </c>
-      <c r="F36" s="84" t="s">
-[...32 lines deleted...]
-      <c r="D37" s="86">
+      <c r="E38" s="67" t="s">
+        <v>179</v>
+      </c>
+      <c r="F38" s="67" t="s">
+        <v>1146</v>
+      </c>
+      <c r="G38" s="67" t="s">
+        <v>180</v>
+      </c>
+      <c r="H38" s="67" t="s">
+        <v>1147</v>
+      </c>
+      <c r="I38" s="67" t="s">
+        <v>146</v>
+      </c>
+      <c r="J38" s="76" t="s">
+        <v>182</v>
+      </c>
+      <c r="K38" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="L38" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="M38" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N38" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O38" s="77"/>
+    </row>
+    <row r="39" spans="1:15" ht="122.5" x14ac:dyDescent="0.45">
+      <c r="A39" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B39" s="67" t="s">
+        <v>183</v>
+      </c>
+      <c r="C39" s="74">
         <v>0.25</v>
       </c>
-      <c r="E37" s="86">
+      <c r="D39" s="74">
         <v>0.25</v>
       </c>
-      <c r="F37" s="84" t="s">
-[...28 lines deleted...]
-      <c r="D38" s="86">
+      <c r="E39" s="67" t="s">
+        <v>184</v>
+      </c>
+      <c r="F39" s="67" t="s">
+        <v>1148</v>
+      </c>
+      <c r="G39" s="67" t="s">
+        <v>185</v>
+      </c>
+      <c r="H39" s="67" t="s">
+        <v>1149</v>
+      </c>
+      <c r="I39" s="67" t="s">
+        <v>146</v>
+      </c>
+      <c r="J39" s="76" t="s">
+        <v>187</v>
+      </c>
+      <c r="K39" s="77"/>
+      <c r="L39" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="M39" s="77"/>
+      <c r="N39" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O39" s="77"/>
+    </row>
+    <row r="40" spans="1:15" ht="157.5" x14ac:dyDescent="0.45">
+      <c r="A40" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B40" s="67" t="s">
+        <v>188</v>
+      </c>
+      <c r="C40" s="74">
         <v>0.25</v>
       </c>
-      <c r="E38" s="83" t="s">
-[...35 lines deleted...]
-      <c r="D39" s="86">
+      <c r="D40" s="75" t="s">
+        <v>189</v>
+      </c>
+      <c r="E40" s="67" t="s">
+        <v>190</v>
+      </c>
+      <c r="F40" s="67" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G40" s="67" t="s">
+        <v>191</v>
+      </c>
+      <c r="H40" s="67" t="s">
+        <v>1151</v>
+      </c>
+      <c r="I40" s="67" t="s">
+        <v>146</v>
+      </c>
+      <c r="J40" s="76" t="s">
+        <v>193</v>
+      </c>
+      <c r="K40" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="L40" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="M40" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N40" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O40" s="77"/>
+    </row>
+    <row r="41" spans="1:15" ht="210" x14ac:dyDescent="0.45">
+      <c r="A41" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B41" s="67" t="s">
+        <v>194</v>
+      </c>
+      <c r="C41" s="74">
         <v>0.25</v>
       </c>
-      <c r="E39" s="83" t="s">
-[...31 lines deleted...]
-      <c r="D40" s="82">
+      <c r="D41" s="75" t="s">
+        <v>189</v>
+      </c>
+      <c r="E41" s="67" t="s">
+        <v>190</v>
+      </c>
+      <c r="F41" s="67" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G41" s="67" t="s">
+        <v>195</v>
+      </c>
+      <c r="H41" s="67" t="s">
+        <v>1152</v>
+      </c>
+      <c r="I41" s="67" t="s">
+        <v>146</v>
+      </c>
+      <c r="J41" s="76" t="s">
+        <v>197</v>
+      </c>
+      <c r="K41" s="77"/>
+      <c r="L41" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="M41" s="77"/>
+      <c r="N41" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O41" s="77"/>
+    </row>
+    <row r="42" spans="1:15" ht="192.5" x14ac:dyDescent="0.45">
+      <c r="A42" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B42" s="67" t="s">
+        <v>198</v>
+      </c>
+      <c r="C42" s="74">
         <v>0.25</v>
       </c>
-      <c r="E40" s="87" t="s">
-[...31 lines deleted...]
-      <c r="D41" s="82">
+      <c r="D42" s="75" t="s">
+        <v>199</v>
+      </c>
+      <c r="E42" s="67" t="s">
+        <v>200</v>
+      </c>
+      <c r="F42" s="67" t="s">
+        <v>1153</v>
+      </c>
+      <c r="G42" s="67" t="s">
+        <v>201</v>
+      </c>
+      <c r="H42" s="67" t="s">
+        <v>1154</v>
+      </c>
+      <c r="I42" s="67" t="s">
+        <v>146</v>
+      </c>
+      <c r="J42" s="76" t="s">
+        <v>203</v>
+      </c>
+      <c r="K42" s="77"/>
+      <c r="L42" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="M42" s="77"/>
+      <c r="N42" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O42" s="77"/>
+    </row>
+    <row r="43" spans="1:15" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A43" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B43" s="67" t="s">
+        <v>204</v>
+      </c>
+      <c r="C43" s="74">
         <v>0.25</v>
       </c>
-      <c r="E41" s="87" t="s">
-[...31 lines deleted...]
-      <c r="D42" s="82">
+      <c r="D43" s="75" t="s">
+        <v>205</v>
+      </c>
+      <c r="E43" s="67" t="s">
+        <v>206</v>
+      </c>
+      <c r="F43" s="67" t="s">
+        <v>1155</v>
+      </c>
+      <c r="G43" s="67" t="s">
+        <v>207</v>
+      </c>
+      <c r="H43" s="67" t="s">
+        <v>1156</v>
+      </c>
+      <c r="I43" s="67" t="s">
+        <v>146</v>
+      </c>
+      <c r="J43" s="76" t="s">
+        <v>209</v>
+      </c>
+      <c r="K43" s="77"/>
+      <c r="L43" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="M43" s="77"/>
+      <c r="N43" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O43" s="77"/>
+    </row>
+    <row r="44" spans="1:15" ht="140" x14ac:dyDescent="0.45">
+      <c r="A44" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B44" s="67" t="s">
+        <v>210</v>
+      </c>
+      <c r="C44" s="74">
         <v>0.25</v>
       </c>
-      <c r="E42" s="87" t="s">
-[...34 lines deleted...]
-      <c r="E43" s="82">
+      <c r="D44" s="75" t="s">
+        <v>211</v>
+      </c>
+      <c r="E44" s="67" t="s">
+        <v>212</v>
+      </c>
+      <c r="F44" s="67" t="s">
+        <v>1157</v>
+      </c>
+      <c r="G44" s="67" t="s">
+        <v>213</v>
+      </c>
+      <c r="H44" s="67" t="s">
+        <v>1158</v>
+      </c>
+      <c r="I44" s="67" t="s">
+        <v>146</v>
+      </c>
+      <c r="J44" s="76" t="s">
+        <v>215</v>
+      </c>
+      <c r="K44" s="77"/>
+      <c r="L44" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="M44" s="77"/>
+      <c r="N44" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O44" s="77"/>
+    </row>
+    <row r="45" spans="1:15" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A45" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B45" s="67" t="s">
+        <v>66</v>
+      </c>
+      <c r="C45" s="75" t="s">
+        <v>57</v>
+      </c>
+      <c r="D45" s="74">
         <v>0</v>
       </c>
-      <c r="F43" s="81" t="s">
-[...29 lines deleted...]
-      <c r="E44" s="82">
+      <c r="E45" s="67" t="s">
+        <v>216</v>
+      </c>
+      <c r="F45" s="67" t="s">
+        <v>1159</v>
+      </c>
+      <c r="G45" s="67" t="s">
+        <v>217</v>
+      </c>
+      <c r="H45" s="67" t="s">
+        <v>1160</v>
+      </c>
+      <c r="I45" s="67" t="s">
+        <v>1244</v>
+      </c>
+      <c r="J45" s="76" t="s">
+        <v>218</v>
+      </c>
+      <c r="K45" s="77"/>
+      <c r="L45" s="77"/>
+      <c r="M45" s="77"/>
+      <c r="N45" s="77"/>
+      <c r="O45" s="77" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="46" spans="1:15" ht="105" x14ac:dyDescent="0.45">
+      <c r="A46" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B46" s="67" t="s">
+        <v>70</v>
+      </c>
+      <c r="C46" s="75" t="s">
+        <v>57</v>
+      </c>
+      <c r="D46" s="74">
         <v>0</v>
       </c>
-      <c r="F44" s="81" t="s">
-[...29 lines deleted...]
-      <c r="E45" s="82">
+      <c r="E46" s="67" t="s">
+        <v>219</v>
+      </c>
+      <c r="F46" s="67" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G46" s="67" t="s">
+        <v>220</v>
+      </c>
+      <c r="H46" s="67" t="s">
+        <v>1162</v>
+      </c>
+      <c r="I46" s="67" t="s">
+        <v>1244</v>
+      </c>
+      <c r="J46" s="76" t="s">
+        <v>221</v>
+      </c>
+      <c r="K46" s="77"/>
+      <c r="L46" s="77"/>
+      <c r="M46" s="77"/>
+      <c r="N46" s="77"/>
+      <c r="O46" s="77" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="47" spans="1:15" ht="105" x14ac:dyDescent="0.45">
+      <c r="A47" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B47" s="67" t="s">
+        <v>75</v>
+      </c>
+      <c r="C47" s="75" t="s">
+        <v>57</v>
+      </c>
+      <c r="D47" s="74">
         <v>0</v>
       </c>
-      <c r="F45" s="81" t="s">
-[...29 lines deleted...]
-      <c r="E46" s="86">
+      <c r="E47" s="67" t="s">
+        <v>222</v>
+      </c>
+      <c r="F47" s="67" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G47" s="67" t="s">
+        <v>223</v>
+      </c>
+      <c r="H47" s="67" t="s">
+        <v>1164</v>
+      </c>
+      <c r="I47" s="67" t="s">
+        <v>1244</v>
+      </c>
+      <c r="J47" s="76" t="s">
+        <v>224</v>
+      </c>
+      <c r="K47" s="77"/>
+      <c r="L47" s="77"/>
+      <c r="M47" s="77"/>
+      <c r="N47" s="77"/>
+      <c r="O47" s="77" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="48" spans="1:15" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A48" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B48" s="67" t="s">
+        <v>79</v>
+      </c>
+      <c r="C48" s="75" t="s">
+        <v>57</v>
+      </c>
+      <c r="D48" s="74">
         <v>0</v>
       </c>
-      <c r="F46" s="84" t="s">
-[...26 lines deleted...]
-      <c r="D47" s="82">
+      <c r="E48" s="67" t="s">
+        <v>1165</v>
+      </c>
+      <c r="F48" s="67" t="s">
+        <v>1166</v>
+      </c>
+      <c r="G48" s="67" t="s">
+        <v>226</v>
+      </c>
+      <c r="H48" s="67" t="s">
+        <v>1167</v>
+      </c>
+      <c r="I48" s="67" t="s">
+        <v>1244</v>
+      </c>
+      <c r="J48" s="76" t="s">
+        <v>227</v>
+      </c>
+      <c r="K48" s="77"/>
+      <c r="L48" s="77"/>
+      <c r="M48" s="77"/>
+      <c r="N48" s="77"/>
+      <c r="O48" s="77" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="49" spans="1:15" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A49" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B49" s="67" t="s">
+        <v>228</v>
+      </c>
+      <c r="C49" s="74">
         <v>0.25</v>
       </c>
-      <c r="E47" s="82">
+      <c r="D49" s="74">
         <v>1</v>
       </c>
-      <c r="F47" s="81" t="s">
-[...26 lines deleted...]
-      <c r="D48" s="82">
+      <c r="E49" s="67" t="s">
+        <v>229</v>
+      </c>
+      <c r="F49" s="67" t="s">
+        <v>1168</v>
+      </c>
+      <c r="G49" s="67" t="s">
+        <v>230</v>
+      </c>
+      <c r="H49" s="67" t="s">
+        <v>1169</v>
+      </c>
+      <c r="I49" s="67" t="s">
+        <v>231</v>
+      </c>
+      <c r="J49" s="76" t="s">
+        <v>232</v>
+      </c>
+      <c r="K49" s="77"/>
+      <c r="L49" s="77"/>
+      <c r="M49" s="77"/>
+      <c r="N49" s="77"/>
+      <c r="O49" s="77" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="50" spans="1:15" ht="122.5" x14ac:dyDescent="0.45">
+      <c r="A50" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B50" s="67" t="s">
+        <v>233</v>
+      </c>
+      <c r="C50" s="74">
         <v>0.25</v>
       </c>
-      <c r="E48" s="87" t="s">
-[...29 lines deleted...]
-      <c r="D49" s="82">
+      <c r="D50" s="75" t="s">
+        <v>199</v>
+      </c>
+      <c r="E50" s="67" t="s">
+        <v>234</v>
+      </c>
+      <c r="F50" s="67" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G50" s="67" t="s">
+        <v>235</v>
+      </c>
+      <c r="H50" s="67" t="s">
+        <v>1171</v>
+      </c>
+      <c r="I50" s="67" t="s">
+        <v>1231</v>
+      </c>
+      <c r="J50" s="76" t="s">
+        <v>237</v>
+      </c>
+      <c r="K50" s="77"/>
+      <c r="L50" s="77"/>
+      <c r="M50" s="77"/>
+      <c r="N50" s="77"/>
+      <c r="O50" s="77" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="51" spans="1:15" ht="140" x14ac:dyDescent="0.45">
+      <c r="A51" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B51" s="67" t="s">
+        <v>238</v>
+      </c>
+      <c r="C51" s="74">
         <v>0.25</v>
       </c>
-      <c r="E49" s="87" t="s">
-[...29 lines deleted...]
-      <c r="D50" s="82">
+      <c r="D51" s="75" t="s">
+        <v>149</v>
+      </c>
+      <c r="E51" s="67" t="s">
+        <v>239</v>
+      </c>
+      <c r="F51" s="67" t="s">
+        <v>1172</v>
+      </c>
+      <c r="G51" s="67" t="s">
+        <v>240</v>
+      </c>
+      <c r="H51" s="67" t="s">
+        <v>1173</v>
+      </c>
+      <c r="I51" s="67" t="s">
+        <v>1232</v>
+      </c>
+      <c r="J51" s="76" t="s">
+        <v>242</v>
+      </c>
+      <c r="K51" s="77"/>
+      <c r="L51" s="77"/>
+      <c r="M51" s="77"/>
+      <c r="N51" s="77"/>
+      <c r="O51" s="77" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="52" spans="1:15" ht="140" x14ac:dyDescent="0.45">
+      <c r="A52" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B52" s="67" t="s">
+        <v>243</v>
+      </c>
+      <c r="C52" s="74">
         <v>0.25</v>
       </c>
-      <c r="E50" s="82">
+      <c r="D52" s="74">
         <v>0</v>
       </c>
-      <c r="F50" s="81" t="s">
-[...26 lines deleted...]
-      <c r="D51" s="82">
+      <c r="E52" s="67" t="s">
+        <v>244</v>
+      </c>
+      <c r="F52" s="67" t="s">
+        <v>1174</v>
+      </c>
+      <c r="G52" s="67" t="s">
+        <v>245</v>
+      </c>
+      <c r="H52" s="67" t="s">
+        <v>1175</v>
+      </c>
+      <c r="I52" s="67" t="s">
+        <v>50</v>
+      </c>
+      <c r="J52" s="76" t="s">
+        <v>246</v>
+      </c>
+      <c r="K52" s="77"/>
+      <c r="L52" s="77"/>
+      <c r="M52" s="77"/>
+      <c r="N52" s="77"/>
+      <c r="O52" s="77" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="53" spans="1:15" ht="175" x14ac:dyDescent="0.45">
+      <c r="A53" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B53" s="67" t="s">
+        <v>247</v>
+      </c>
+      <c r="C53" s="74">
         <v>0.25</v>
       </c>
-      <c r="E51" s="87" t="s">
-[...64 lines deleted...]
-      <c r="D53" s="114">
+      <c r="D53" s="75" t="s">
+        <v>211</v>
+      </c>
+      <c r="E53" s="67" t="s">
+        <v>248</v>
+      </c>
+      <c r="F53" s="67" t="s">
+        <v>1176</v>
+      </c>
+      <c r="G53" s="67" t="s">
+        <v>249</v>
+      </c>
+      <c r="H53" s="67" t="s">
+        <v>1177</v>
+      </c>
+      <c r="I53" s="67" t="s">
+        <v>1232</v>
+      </c>
+      <c r="J53" s="76" t="s">
+        <v>251</v>
+      </c>
+      <c r="K53" s="77"/>
+      <c r="L53" s="77"/>
+      <c r="M53" s="77"/>
+      <c r="N53" s="77"/>
+      <c r="O53" s="77" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="54" spans="1:15" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A54" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B54" s="67" t="s">
+        <v>252</v>
+      </c>
+      <c r="C54" s="75" t="s">
+        <v>87</v>
+      </c>
+      <c r="D54" s="75" t="s">
+        <v>253</v>
+      </c>
+      <c r="E54" s="67" t="s">
+        <v>254</v>
+      </c>
+      <c r="F54" s="67" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G54" s="67" t="s">
+        <v>254</v>
+      </c>
+      <c r="H54" s="67" t="s">
+        <v>1179</v>
+      </c>
+      <c r="I54" s="67" t="s">
+        <v>255</v>
+      </c>
+      <c r="J54" s="76" t="s">
+        <v>256</v>
+      </c>
+      <c r="K54" s="77"/>
+      <c r="L54" s="77"/>
+      <c r="M54" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N54" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O54" s="77"/>
+    </row>
+    <row r="55" spans="1:15" ht="70" x14ac:dyDescent="0.45">
+      <c r="A55" s="79" t="s">
+        <v>142</v>
+      </c>
+      <c r="B55" s="79" t="s">
+        <v>257</v>
+      </c>
+      <c r="C55" s="96">
         <v>0.25</v>
       </c>
-      <c r="E53" s="89" t="s">
-[...48 lines deleted...]
-      <c r="D55" s="97">
+      <c r="D55" s="80" t="s">
+        <v>253</v>
+      </c>
+      <c r="E55" s="79" t="s">
+        <v>258</v>
+      </c>
+      <c r="F55" s="79" t="s">
+        <v>1180</v>
+      </c>
+      <c r="G55" s="79" t="s">
+        <v>259</v>
+      </c>
+      <c r="H55" s="79" t="s">
+        <v>1181</v>
+      </c>
+      <c r="I55" s="79" t="s">
+        <v>1245</v>
+      </c>
+      <c r="J55" s="81" t="s">
+        <v>260</v>
+      </c>
+      <c r="K55" s="82"/>
+      <c r="L55" s="82"/>
+      <c r="M55" s="82"/>
+      <c r="N55" s="82"/>
+      <c r="O55" s="82" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="56" spans="1:15" ht="28" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A56" s="68" t="s">
+        <v>142</v>
+      </c>
+      <c r="B56" s="69" t="s">
+        <v>261</v>
+      </c>
+      <c r="C56" s="70"/>
+      <c r="D56" s="70"/>
+      <c r="E56" s="71"/>
+      <c r="F56" s="71"/>
+      <c r="G56" s="71"/>
+      <c r="H56" s="71"/>
+      <c r="I56" s="71"/>
+      <c r="J56" s="72"/>
+      <c r="K56" s="71"/>
+      <c r="L56" s="71"/>
+      <c r="M56" s="71"/>
+      <c r="N56" s="71"/>
+      <c r="O56" s="73"/>
+    </row>
+    <row r="57" spans="1:15" ht="105" x14ac:dyDescent="0.45">
+      <c r="A57" s="84" t="s">
+        <v>142</v>
+      </c>
+      <c r="B57" s="84" t="s">
+        <v>262</v>
+      </c>
+      <c r="C57" s="85">
         <v>0.25</v>
       </c>
-      <c r="E55" s="97">
+      <c r="D57" s="85">
         <v>1</v>
       </c>
-      <c r="F55" s="96" t="s">
-[...28 lines deleted...]
-      <c r="D56" s="82">
+      <c r="E57" s="84" t="s">
+        <v>263</v>
+      </c>
+      <c r="F57" s="84" t="s">
+        <v>1182</v>
+      </c>
+      <c r="G57" s="84" t="s">
+        <v>264</v>
+      </c>
+      <c r="H57" s="84" t="s">
+        <v>1183</v>
+      </c>
+      <c r="I57" s="84" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J57" s="87" t="s">
+        <v>265</v>
+      </c>
+      <c r="K57" s="88"/>
+      <c r="L57" s="88"/>
+      <c r="M57" s="88" t="s">
+        <v>52</v>
+      </c>
+      <c r="N57" s="88" t="s">
+        <v>52</v>
+      </c>
+      <c r="O57" s="88"/>
+    </row>
+    <row r="58" spans="1:15" ht="157.5" x14ac:dyDescent="0.45">
+      <c r="A58" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B58" s="67" t="s">
+        <v>266</v>
+      </c>
+      <c r="C58" s="74">
         <v>0.25</v>
       </c>
-      <c r="E56" s="87" t="s">
-[...31 lines deleted...]
-      <c r="D57" s="82">
+      <c r="D58" s="75" t="s">
+        <v>149</v>
+      </c>
+      <c r="E58" s="67" t="s">
+        <v>267</v>
+      </c>
+      <c r="F58" s="67" t="s">
+        <v>1184</v>
+      </c>
+      <c r="G58" s="67" t="s">
+        <v>268</v>
+      </c>
+      <c r="H58" s="67" t="s">
+        <v>1185</v>
+      </c>
+      <c r="I58" s="67" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J58" s="76" t="s">
+        <v>269</v>
+      </c>
+      <c r="K58" s="77"/>
+      <c r="L58" s="77"/>
+      <c r="M58" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N58" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O58" s="77"/>
+    </row>
+    <row r="59" spans="1:15" ht="122.5" x14ac:dyDescent="0.45">
+      <c r="A59" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B59" s="67" t="s">
+        <v>270</v>
+      </c>
+      <c r="C59" s="74">
         <v>0.25</v>
       </c>
-      <c r="E57" s="82">
+      <c r="D59" s="74">
         <v>0</v>
       </c>
-      <c r="F57" s="81" t="s">
-[...28 lines deleted...]
-      <c r="D58" s="82">
+      <c r="E59" s="67" t="s">
+        <v>271</v>
+      </c>
+      <c r="F59" s="67" t="s">
+        <v>1186</v>
+      </c>
+      <c r="G59" s="67" t="s">
+        <v>272</v>
+      </c>
+      <c r="H59" s="67" t="s">
+        <v>1187</v>
+      </c>
+      <c r="I59" s="67" t="s">
+        <v>1247</v>
+      </c>
+      <c r="J59" s="76" t="s">
+        <v>273</v>
+      </c>
+      <c r="K59" s="77"/>
+      <c r="L59" s="77"/>
+      <c r="M59" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N59" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O59" s="77"/>
+    </row>
+    <row r="60" spans="1:15" ht="122.5" x14ac:dyDescent="0.45">
+      <c r="A60" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B60" s="67" t="s">
+        <v>274</v>
+      </c>
+      <c r="C60" s="74">
         <v>0.25</v>
       </c>
-      <c r="E58" s="87" t="s">
-[...29 lines deleted...]
-      <c r="D59" s="82">
+      <c r="D60" s="75" t="s">
+        <v>199</v>
+      </c>
+      <c r="E60" s="67" t="s">
+        <v>275</v>
+      </c>
+      <c r="F60" s="67" t="s">
+        <v>1188</v>
+      </c>
+      <c r="G60" s="67" t="s">
+        <v>276</v>
+      </c>
+      <c r="H60" s="67" t="s">
+        <v>1189</v>
+      </c>
+      <c r="I60" s="67" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J60" s="76" t="s">
+        <v>277</v>
+      </c>
+      <c r="K60" s="77"/>
+      <c r="L60" s="77"/>
+      <c r="M60" s="77"/>
+      <c r="N60" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O60" s="77"/>
+    </row>
+    <row r="61" spans="1:15" ht="140" x14ac:dyDescent="0.45">
+      <c r="A61" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B61" s="67" t="s">
+        <v>278</v>
+      </c>
+      <c r="C61" s="74">
         <v>0.25</v>
       </c>
-      <c r="E59" s="87" t="s">
-[...29 lines deleted...]
-      <c r="D60" s="82">
+      <c r="D61" s="75" t="s">
+        <v>211</v>
+      </c>
+      <c r="E61" s="67" t="s">
+        <v>279</v>
+      </c>
+      <c r="F61" s="67" t="s">
+        <v>1190</v>
+      </c>
+      <c r="G61" s="67" t="s">
+        <v>280</v>
+      </c>
+      <c r="H61" s="67" t="s">
+        <v>1191</v>
+      </c>
+      <c r="I61" s="67" t="s">
+        <v>1248</v>
+      </c>
+      <c r="J61" s="76" t="s">
+        <v>281</v>
+      </c>
+      <c r="K61" s="77"/>
+      <c r="L61" s="77"/>
+      <c r="M61" s="77"/>
+      <c r="N61" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O61" s="77"/>
+    </row>
+    <row r="62" spans="1:15" ht="105" x14ac:dyDescent="0.45">
+      <c r="A62" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B62" s="67" t="s">
+        <v>282</v>
+      </c>
+      <c r="C62" s="74">
         <v>0.25</v>
       </c>
-      <c r="E60" s="82">
+      <c r="D62" s="74">
         <v>1</v>
       </c>
-      <c r="F60" s="81" t="s">
-[...28 lines deleted...]
-      <c r="D61" s="82">
+      <c r="E62" s="67" t="s">
+        <v>283</v>
+      </c>
+      <c r="F62" s="67" t="s">
+        <v>1192</v>
+      </c>
+      <c r="G62" s="67" t="s">
+        <v>284</v>
+      </c>
+      <c r="H62" s="67" t="s">
+        <v>1193</v>
+      </c>
+      <c r="I62" s="67" t="s">
+        <v>1249</v>
+      </c>
+      <c r="J62" s="76" t="s">
+        <v>285</v>
+      </c>
+      <c r="K62" s="77"/>
+      <c r="L62" s="77"/>
+      <c r="M62" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N62" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O62" s="77"/>
+    </row>
+    <row r="63" spans="1:15" ht="157.5" x14ac:dyDescent="0.45">
+      <c r="A63" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B63" s="67" t="s">
+        <v>286</v>
+      </c>
+      <c r="C63" s="74">
         <v>0.25</v>
       </c>
-      <c r="E61" s="87" t="s">
-[...31 lines deleted...]
-      <c r="D62" s="82">
+      <c r="D63" s="75" t="s">
+        <v>149</v>
+      </c>
+      <c r="E63" s="67" t="s">
+        <v>287</v>
+      </c>
+      <c r="F63" s="67" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G63" s="67" t="s">
+        <v>288</v>
+      </c>
+      <c r="H63" s="67" t="s">
+        <v>1195</v>
+      </c>
+      <c r="I63" s="67" t="s">
+        <v>1249</v>
+      </c>
+      <c r="J63" s="76" t="s">
+        <v>289</v>
+      </c>
+      <c r="K63" s="77"/>
+      <c r="L63" s="77"/>
+      <c r="M63" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N63" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O63" s="77"/>
+    </row>
+    <row r="64" spans="1:15" ht="122.5" x14ac:dyDescent="0.45">
+      <c r="A64" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B64" s="67" t="s">
+        <v>290</v>
+      </c>
+      <c r="C64" s="74">
         <v>0.25</v>
       </c>
-      <c r="E62" s="82">
+      <c r="D64" s="74">
         <v>0</v>
       </c>
-      <c r="F62" s="81" t="s">
-[...28 lines deleted...]
-      <c r="D63" s="82">
+      <c r="E64" s="67" t="s">
+        <v>291</v>
+      </c>
+      <c r="F64" s="67" t="s">
+        <v>1196</v>
+      </c>
+      <c r="G64" s="67" t="s">
+        <v>292</v>
+      </c>
+      <c r="H64" s="67" t="s">
+        <v>1197</v>
+      </c>
+      <c r="I64" s="67" t="s">
+        <v>1250</v>
+      </c>
+      <c r="J64" s="76" t="s">
+        <v>293</v>
+      </c>
+      <c r="K64" s="77"/>
+      <c r="L64" s="77"/>
+      <c r="M64" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N64" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O64" s="77"/>
+    </row>
+    <row r="65" spans="1:15" ht="122.5" x14ac:dyDescent="0.45">
+      <c r="A65" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B65" s="67" t="s">
+        <v>294</v>
+      </c>
+      <c r="C65" s="74">
         <v>0.25</v>
       </c>
-      <c r="E63" s="87" t="s">
-[...29 lines deleted...]
-      <c r="D64" s="82">
+      <c r="D65" s="75" t="s">
+        <v>199</v>
+      </c>
+      <c r="E65" s="67" t="s">
+        <v>295</v>
+      </c>
+      <c r="F65" s="67" t="s">
+        <v>1198</v>
+      </c>
+      <c r="G65" s="67" t="s">
+        <v>296</v>
+      </c>
+      <c r="H65" s="67" t="s">
+        <v>1199</v>
+      </c>
+      <c r="I65" s="67" t="s">
+        <v>1251</v>
+      </c>
+      <c r="J65" s="76" t="s">
+        <v>297</v>
+      </c>
+      <c r="K65" s="77"/>
+      <c r="L65" s="77"/>
+      <c r="M65" s="77"/>
+      <c r="N65" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O65" s="77"/>
+    </row>
+    <row r="66" spans="1:15" ht="140" x14ac:dyDescent="0.45">
+      <c r="A66" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B66" s="67" t="s">
+        <v>298</v>
+      </c>
+      <c r="C66" s="74">
         <v>0.25</v>
       </c>
-      <c r="E64" s="87" t="s">
-[...29 lines deleted...]
-      <c r="D65" s="86">
+      <c r="D66" s="75" t="s">
+        <v>211</v>
+      </c>
+      <c r="E66" s="67" t="s">
+        <v>299</v>
+      </c>
+      <c r="F66" s="67" t="s">
+        <v>1200</v>
+      </c>
+      <c r="G66" s="67" t="s">
+        <v>300</v>
+      </c>
+      <c r="H66" s="67" t="s">
+        <v>1201</v>
+      </c>
+      <c r="I66" s="67" t="s">
+        <v>1252</v>
+      </c>
+      <c r="J66" s="76" t="s">
+        <v>301</v>
+      </c>
+      <c r="K66" s="77"/>
+      <c r="L66" s="77"/>
+      <c r="M66" s="77"/>
+      <c r="N66" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O66" s="77"/>
+    </row>
+    <row r="67" spans="1:15" ht="175" x14ac:dyDescent="0.45">
+      <c r="A67" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B67" s="67" t="s">
+        <v>302</v>
+      </c>
+      <c r="C67" s="74">
         <v>0.25</v>
       </c>
-      <c r="E65" s="83" t="s">
-[...31 lines deleted...]
-      <c r="D66" s="86">
+      <c r="D67" s="75" t="s">
+        <v>189</v>
+      </c>
+      <c r="E67" s="67" t="s">
+        <v>303</v>
+      </c>
+      <c r="F67" s="67" t="s">
+        <v>1202</v>
+      </c>
+      <c r="G67" s="67" t="s">
+        <v>304</v>
+      </c>
+      <c r="H67" s="67" t="s">
+        <v>1203</v>
+      </c>
+      <c r="I67" s="67" t="s">
+        <v>1253</v>
+      </c>
+      <c r="J67" s="76" t="s">
+        <v>305</v>
+      </c>
+      <c r="K67" s="77"/>
+      <c r="L67" s="77"/>
+      <c r="M67" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N67" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O67" s="77"/>
+    </row>
+    <row r="68" spans="1:15" ht="210" x14ac:dyDescent="0.45">
+      <c r="A68" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B68" s="67" t="s">
+        <v>306</v>
+      </c>
+      <c r="C68" s="74">
         <v>0.25</v>
       </c>
-      <c r="E66" s="83" t="s">
-[...29 lines deleted...]
-      <c r="D67" s="82">
+      <c r="D68" s="75" t="s">
+        <v>189</v>
+      </c>
+      <c r="E68" s="67" t="s">
+        <v>307</v>
+      </c>
+      <c r="F68" s="67" t="s">
+        <v>1204</v>
+      </c>
+      <c r="G68" s="67" t="s">
+        <v>308</v>
+      </c>
+      <c r="H68" s="67" t="s">
+        <v>1205</v>
+      </c>
+      <c r="I68" s="67" t="s">
+        <v>1253</v>
+      </c>
+      <c r="J68" s="76" t="s">
+        <v>309</v>
+      </c>
+      <c r="K68" s="77"/>
+      <c r="L68" s="77"/>
+      <c r="M68" s="77"/>
+      <c r="N68" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O68" s="77"/>
+    </row>
+    <row r="69" spans="1:15" ht="124.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A69" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B69" s="67" t="s">
+        <v>310</v>
+      </c>
+      <c r="C69" s="74">
         <v>0.25</v>
       </c>
-      <c r="E67" s="115">
+      <c r="D69" s="95">
         <v>0.33300000000000002</v>
       </c>
-      <c r="F67" s="81" t="s">
-[...28 lines deleted...]
-      <c r="D68" s="114">
+      <c r="E69" s="67" t="s">
+        <v>311</v>
+      </c>
+      <c r="F69" s="67" t="s">
+        <v>1206</v>
+      </c>
+      <c r="G69" s="67" t="s">
+        <v>312</v>
+      </c>
+      <c r="H69" s="67" t="s">
+        <v>1207</v>
+      </c>
+      <c r="I69" s="67" t="s">
+        <v>1254</v>
+      </c>
+      <c r="J69" s="76" t="s">
+        <v>313</v>
+      </c>
+      <c r="K69" s="77"/>
+      <c r="L69" s="77"/>
+      <c r="M69" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N69" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O69" s="77"/>
+    </row>
+    <row r="70" spans="1:15" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A70" s="79" t="s">
+        <v>142</v>
+      </c>
+      <c r="B70" s="79" t="s">
+        <v>314</v>
+      </c>
+      <c r="C70" s="96">
         <v>0</v>
       </c>
-      <c r="E68" s="114">
+      <c r="D70" s="96">
         <v>0</v>
       </c>
-      <c r="F68" s="88" t="s">
-[...47 lines deleted...]
-      <c r="D70" s="97">
+      <c r="E70" s="79" t="s">
+        <v>315</v>
+      </c>
+      <c r="F70" s="79" t="s">
+        <v>1208</v>
+      </c>
+      <c r="G70" s="79" t="s">
+        <v>316</v>
+      </c>
+      <c r="H70" s="79" t="s">
+        <v>1209</v>
+      </c>
+      <c r="I70" s="79" t="s">
+        <v>60</v>
+      </c>
+      <c r="J70" s="81" t="s">
+        <v>317</v>
+      </c>
+      <c r="K70" s="82"/>
+      <c r="L70" s="82"/>
+      <c r="M70" s="82" t="s">
+        <v>52</v>
+      </c>
+      <c r="N70" s="82" t="s">
+        <v>52</v>
+      </c>
+      <c r="O70" s="82"/>
+    </row>
+    <row r="71" spans="1:15" ht="28" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A71" s="68" t="s">
+        <v>142</v>
+      </c>
+      <c r="B71" s="69" t="s">
+        <v>318</v>
+      </c>
+      <c r="C71" s="70"/>
+      <c r="D71" s="70"/>
+      <c r="E71" s="71"/>
+      <c r="F71" s="71"/>
+      <c r="G71" s="71"/>
+      <c r="H71" s="71"/>
+      <c r="I71" s="71"/>
+      <c r="J71" s="72"/>
+      <c r="K71" s="71"/>
+      <c r="L71" s="71"/>
+      <c r="M71" s="71"/>
+      <c r="N71" s="71"/>
+      <c r="O71" s="73"/>
+    </row>
+    <row r="72" spans="1:15" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A72" s="84" t="s">
+        <v>142</v>
+      </c>
+      <c r="B72" s="84" t="s">
+        <v>319</v>
+      </c>
+      <c r="C72" s="85">
         <v>0.25</v>
       </c>
-      <c r="E70" s="97">
+      <c r="D72" s="85">
         <v>1</v>
       </c>
-      <c r="F70" s="96" t="s">
-[...28 lines deleted...]
-      <c r="D71" s="82">
+      <c r="E72" s="84" t="s">
+        <v>320</v>
+      </c>
+      <c r="F72" s="84" t="s">
+        <v>1210</v>
+      </c>
+      <c r="G72" s="84" t="s">
+        <v>321</v>
+      </c>
+      <c r="H72" s="84" t="s">
+        <v>1211</v>
+      </c>
+      <c r="I72" s="84" t="s">
+        <v>322</v>
+      </c>
+      <c r="J72" s="87" t="s">
+        <v>323</v>
+      </c>
+      <c r="K72" s="88"/>
+      <c r="L72" s="88"/>
+      <c r="M72" s="88" t="s">
+        <v>52</v>
+      </c>
+      <c r="N72" s="88" t="s">
+        <v>52</v>
+      </c>
+      <c r="O72" s="88"/>
+    </row>
+    <row r="73" spans="1:15" ht="157.5" x14ac:dyDescent="0.45">
+      <c r="A73" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B73" s="67" t="s">
+        <v>324</v>
+      </c>
+      <c r="C73" s="74">
         <v>0.25</v>
       </c>
-      <c r="E71" s="87" t="s">
-[...31 lines deleted...]
-      <c r="D72" s="82">
+      <c r="D73" s="75" t="s">
+        <v>149</v>
+      </c>
+      <c r="E73" s="67" t="s">
+        <v>325</v>
+      </c>
+      <c r="F73" s="67" t="s">
+        <v>1212</v>
+      </c>
+      <c r="G73" s="67" t="s">
+        <v>326</v>
+      </c>
+      <c r="H73" s="67" t="s">
+        <v>1213</v>
+      </c>
+      <c r="I73" s="67" t="s">
+        <v>322</v>
+      </c>
+      <c r="J73" s="76" t="s">
+        <v>328</v>
+      </c>
+      <c r="K73" s="77"/>
+      <c r="L73" s="77"/>
+      <c r="M73" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N73" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O73" s="77"/>
+    </row>
+    <row r="74" spans="1:15" ht="122.5" x14ac:dyDescent="0.45">
+      <c r="A74" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B74" s="67" t="s">
+        <v>329</v>
+      </c>
+      <c r="C74" s="74">
         <v>0.25</v>
       </c>
-      <c r="E72" s="82">
+      <c r="D74" s="74">
         <v>0</v>
       </c>
-      <c r="F72" s="81" t="s">
-[...28 lines deleted...]
-      <c r="D73" s="82">
+      <c r="E74" s="67" t="s">
+        <v>330</v>
+      </c>
+      <c r="F74" s="67" t="s">
+        <v>1214</v>
+      </c>
+      <c r="G74" s="67" t="s">
+        <v>331</v>
+      </c>
+      <c r="H74" s="67" t="s">
+        <v>1215</v>
+      </c>
+      <c r="I74" s="67" t="s">
+        <v>332</v>
+      </c>
+      <c r="J74" s="76" t="s">
+        <v>333</v>
+      </c>
+      <c r="K74" s="77"/>
+      <c r="L74" s="77"/>
+      <c r="M74" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N74" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O74" s="77"/>
+    </row>
+    <row r="75" spans="1:15" ht="122.5" x14ac:dyDescent="0.45">
+      <c r="A75" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B75" s="67" t="s">
+        <v>334</v>
+      </c>
+      <c r="C75" s="74">
         <v>0.25</v>
       </c>
-      <c r="E73" s="87" t="s">
-[...29 lines deleted...]
-      <c r="D74" s="82">
+      <c r="D75" s="75" t="s">
+        <v>199</v>
+      </c>
+      <c r="E75" s="67" t="s">
+        <v>335</v>
+      </c>
+      <c r="F75" s="67" t="s">
+        <v>1216</v>
+      </c>
+      <c r="G75" s="67" t="s">
+        <v>336</v>
+      </c>
+      <c r="H75" s="67" t="s">
+        <v>1217</v>
+      </c>
+      <c r="I75" s="67" t="s">
+        <v>322</v>
+      </c>
+      <c r="J75" s="76" t="s">
+        <v>338</v>
+      </c>
+      <c r="K75" s="77"/>
+      <c r="L75" s="77"/>
+      <c r="M75" s="77"/>
+      <c r="N75" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O75" s="77"/>
+    </row>
+    <row r="76" spans="1:15" ht="140" x14ac:dyDescent="0.45">
+      <c r="A76" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B76" s="67" t="s">
+        <v>339</v>
+      </c>
+      <c r="C76" s="74">
         <v>0.25</v>
       </c>
-      <c r="E74" s="87" t="s">
-[...29 lines deleted...]
-      <c r="D75" s="82">
+      <c r="D76" s="75" t="s">
+        <v>211</v>
+      </c>
+      <c r="E76" s="67" t="s">
+        <v>340</v>
+      </c>
+      <c r="F76" s="67" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G76" s="67" t="s">
+        <v>341</v>
+      </c>
+      <c r="H76" s="67" t="s">
+        <v>1219</v>
+      </c>
+      <c r="I76" s="67" t="s">
+        <v>322</v>
+      </c>
+      <c r="J76" s="76" t="s">
+        <v>343</v>
+      </c>
+      <c r="K76" s="77"/>
+      <c r="L76" s="77"/>
+      <c r="M76" s="77"/>
+      <c r="N76" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O76" s="77"/>
+    </row>
+    <row r="77" spans="1:15" ht="106.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A77" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B77" s="67" t="s">
+        <v>344</v>
+      </c>
+      <c r="C77" s="74">
         <v>0.25</v>
       </c>
-      <c r="E75" s="82">
+      <c r="D77" s="74">
         <v>1</v>
       </c>
-      <c r="F75" s="81" t="s">
-[...28 lines deleted...]
-      <c r="D76" s="82">
+      <c r="E77" s="67" t="s">
+        <v>345</v>
+      </c>
+      <c r="F77" s="67" t="s">
+        <v>1220</v>
+      </c>
+      <c r="G77" s="67" t="s">
+        <v>346</v>
+      </c>
+      <c r="H77" s="67" t="s">
+        <v>1221</v>
+      </c>
+      <c r="I77" s="67" t="s">
+        <v>347</v>
+      </c>
+      <c r="J77" s="76" t="s">
+        <v>348</v>
+      </c>
+      <c r="K77" s="77"/>
+      <c r="L77" s="77"/>
+      <c r="M77" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N77" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O77" s="77"/>
+    </row>
+    <row r="78" spans="1:15" ht="157.5" x14ac:dyDescent="0.45">
+      <c r="A78" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B78" s="67" t="s">
+        <v>349</v>
+      </c>
+      <c r="C78" s="74">
         <v>0.25</v>
       </c>
-      <c r="E76" s="87" t="s">
-[...31 lines deleted...]
-      <c r="D77" s="82">
+      <c r="D78" s="75" t="s">
+        <v>149</v>
+      </c>
+      <c r="E78" s="67" t="s">
+        <v>350</v>
+      </c>
+      <c r="F78" s="67" t="s">
+        <v>1222</v>
+      </c>
+      <c r="G78" s="67" t="s">
+        <v>351</v>
+      </c>
+      <c r="H78" s="67" t="s">
+        <v>1223</v>
+      </c>
+      <c r="I78" s="67" t="s">
+        <v>347</v>
+      </c>
+      <c r="J78" s="76" t="s">
+        <v>353</v>
+      </c>
+      <c r="K78" s="77"/>
+      <c r="L78" s="77"/>
+      <c r="M78" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N78" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O78" s="77"/>
+    </row>
+    <row r="79" spans="1:15" ht="122.5" x14ac:dyDescent="0.45">
+      <c r="A79" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B79" s="67" t="s">
+        <v>354</v>
+      </c>
+      <c r="C79" s="74">
         <v>0.25</v>
       </c>
-      <c r="E77" s="82">
+      <c r="D79" s="74">
         <v>0</v>
       </c>
-      <c r="F77" s="81" t="s">
-[...28 lines deleted...]
-      <c r="D78" s="82">
+      <c r="E79" s="67" t="s">
+        <v>355</v>
+      </c>
+      <c r="F79" s="67" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G79" s="67" t="s">
+        <v>356</v>
+      </c>
+      <c r="H79" s="67" t="s">
+        <v>1225</v>
+      </c>
+      <c r="I79" s="67" t="s">
+        <v>357</v>
+      </c>
+      <c r="J79" s="76" t="s">
+        <v>358</v>
+      </c>
+      <c r="K79" s="77"/>
+      <c r="L79" s="77"/>
+      <c r="M79" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="N79" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O79" s="77"/>
+    </row>
+    <row r="80" spans="1:15" ht="122.5" x14ac:dyDescent="0.45">
+      <c r="A80" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B80" s="67" t="s">
+        <v>359</v>
+      </c>
+      <c r="C80" s="74">
         <v>0.25</v>
       </c>
-      <c r="E78" s="87" t="s">
-[...29 lines deleted...]
-      <c r="D79" s="82">
+      <c r="D80" s="75" t="s">
+        <v>199</v>
+      </c>
+      <c r="E80" s="67" t="s">
+        <v>360</v>
+      </c>
+      <c r="F80" s="67" t="s">
+        <v>1226</v>
+      </c>
+      <c r="G80" s="67" t="s">
+        <v>361</v>
+      </c>
+      <c r="H80" s="67" t="s">
+        <v>1227</v>
+      </c>
+      <c r="I80" s="67" t="s">
+        <v>347</v>
+      </c>
+      <c r="J80" s="76" t="s">
+        <v>363</v>
+      </c>
+      <c r="K80" s="77"/>
+      <c r="L80" s="77"/>
+      <c r="M80" s="77"/>
+      <c r="N80" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O80" s="77"/>
+    </row>
+    <row r="81" spans="1:15" ht="140" x14ac:dyDescent="0.45">
+      <c r="A81" s="67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B81" s="67" t="s">
+        <v>364</v>
+      </c>
+      <c r="C81" s="74">
         <v>0.25</v>
       </c>
-      <c r="E79" s="87" t="s">
-[...239 lines deleted...]
-    <row r="148" spans="2:2" x14ac:dyDescent="0.25"/>
+      <c r="D81" s="75" t="s">
+        <v>211</v>
+      </c>
+      <c r="E81" s="67" t="s">
+        <v>365</v>
+      </c>
+      <c r="F81" s="67" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G81" s="67" t="s">
+        <v>366</v>
+      </c>
+      <c r="H81" s="67" t="s">
+        <v>1229</v>
+      </c>
+      <c r="I81" s="67" t="s">
+        <v>347</v>
+      </c>
+      <c r="J81" s="76" t="s">
+        <v>368</v>
+      </c>
+      <c r="K81" s="77"/>
+      <c r="L81" s="77"/>
+      <c r="M81" s="77"/>
+      <c r="N81" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="O81" s="77"/>
+    </row>
+    <row r="82" spans="1:15" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A82" s="119"/>
+      <c r="B82" s="119"/>
+      <c r="C82" s="119"/>
+      <c r="D82" s="119"/>
+      <c r="E82" s="119"/>
+      <c r="F82" s="159"/>
+      <c r="G82" s="119"/>
+      <c r="H82" s="119"/>
+      <c r="I82" s="119"/>
+      <c r="J82" s="120"/>
+      <c r="K82" s="119"/>
+      <c r="L82" s="119"/>
+      <c r="M82" s="119"/>
+      <c r="N82" s="119"/>
+      <c r="O82" s="119"/>
+    </row>
+    <row r="83" spans="1:15" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A83" s="121"/>
+    </row>
+    <row r="84" spans="1:15" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A84" s="121"/>
+    </row>
+    <row r="85" spans="1:15" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A85" s="121"/>
+    </row>
+    <row r="86" spans="1:15" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A86" s="121"/>
+    </row>
+    <row r="87" spans="1:15" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A87" s="121"/>
+    </row>
+    <row r="88" spans="1:15" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A88" s="121"/>
+    </row>
+    <row r="89" spans="1:15" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A89" s="121"/>
+    </row>
+    <row r="90" spans="1:15" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A90" s="121"/>
+    </row>
+    <row r="91" spans="1:15" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A91" s="121"/>
+    </row>
+    <row r="92" spans="1:15" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A92" s="121"/>
+    </row>
+    <row r="93" spans="1:15" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A93" s="121"/>
+    </row>
+    <row r="94" spans="1:15" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A94" s="121"/>
+    </row>
+    <row r="95" spans="1:15" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A95" s="121"/>
+    </row>
+    <row r="96" spans="1:15" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A96" s="121"/>
+    </row>
+    <row r="97" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A97" s="121"/>
+    </row>
+    <row r="98" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A98" s="121"/>
+    </row>
+    <row r="99" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A99" s="121"/>
+    </row>
+    <row r="100" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A100" s="121"/>
+    </row>
+    <row r="101" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A101" s="121"/>
+    </row>
+    <row r="102" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A102" s="121"/>
+    </row>
+    <row r="103" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A103" s="121"/>
+    </row>
+    <row r="104" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A104" s="121"/>
+    </row>
+    <row r="105" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A105" s="121"/>
+    </row>
+    <row r="106" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A106" s="121"/>
+    </row>
+    <row r="107" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A107" s="121"/>
+    </row>
+    <row r="108" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A108" s="121"/>
+    </row>
+    <row r="109" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A109" s="121"/>
+    </row>
+    <row r="110" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A110" s="121"/>
+    </row>
+    <row r="111" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A111" s="121"/>
+    </row>
+    <row r="112" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A112" s="121"/>
+    </row>
+    <row r="113" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A113" s="121"/>
+    </row>
+    <row r="114" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A114" s="121"/>
+    </row>
+    <row r="115" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A115" s="121"/>
+    </row>
+    <row r="116" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A116" s="121"/>
+    </row>
+    <row r="117" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A117" s="121"/>
+    </row>
+    <row r="118" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A118" s="121"/>
+    </row>
+    <row r="119" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A119" s="121"/>
+    </row>
+    <row r="120" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A120" s="121"/>
+    </row>
+    <row r="121" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A121" s="121"/>
+    </row>
+    <row r="122" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A122" s="121"/>
+    </row>
+    <row r="123" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A123" s="121"/>
+    </row>
+    <row r="124" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A124" s="121"/>
+    </row>
+    <row r="125" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A125" s="121"/>
+    </row>
+    <row r="126" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A126" s="121"/>
+    </row>
+    <row r="127" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A127" s="121"/>
+    </row>
+    <row r="128" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A128" s="121"/>
+    </row>
+    <row r="129" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A129" s="121"/>
+    </row>
+    <row r="130" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A130" s="121"/>
+    </row>
+    <row r="131" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A131" s="121"/>
+    </row>
+    <row r="132" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A132" s="121"/>
+    </row>
+    <row r="133" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A133" s="121"/>
+    </row>
+    <row r="134" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A134" s="121"/>
+    </row>
+    <row r="135" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A135" s="121"/>
+    </row>
+    <row r="136" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A136" s="121"/>
+    </row>
+    <row r="137" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A137" s="121"/>
+    </row>
+    <row r="138" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A138" s="121"/>
+    </row>
+    <row r="139" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A139" s="121"/>
+    </row>
+    <row r="140" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A140" s="121"/>
+    </row>
+    <row r="141" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A141" s="121"/>
+    </row>
+    <row r="142" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A142" s="121"/>
+    </row>
+    <row r="143" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A143" s="121"/>
+    </row>
+    <row r="144" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A144" s="121"/>
+    </row>
+    <row r="145" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A145" s="121"/>
+    </row>
+    <row r="146" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A146" s="121"/>
+    </row>
+    <row r="147" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A147" s="121"/>
+    </row>
+    <row r="148" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A148" s="121"/>
+    </row>
+    <row r="149" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A149" s="121"/>
+    </row>
   </sheetData>
-  <autoFilter ref="B3:N79" xr:uid="{68BA89FD-93C7-4D4F-B2B2-C9AEA99EE647}"/>
+  <autoFilter ref="A2:O81" xr:uid="{68BA89FD-93C7-4D4F-B2B2-C9AEA99EE647}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="31" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</clbl:labelList>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FB558C8B-DE74-4141-9A5B-900AE8B88714}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:T151"/>
+  <sheetViews>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A23" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="M4" sqref="M4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="17.5" zeroHeight="1" x14ac:dyDescent="0.45"/>
+  <cols>
+    <col min="1" max="1" width="8.25" style="125" customWidth="1"/>
+    <col min="2" max="2" width="25.5" style="125" customWidth="1"/>
+    <col min="3" max="3" width="9.33203125" style="126" customWidth="1"/>
+    <col min="4" max="4" width="12.83203125" style="126" customWidth="1"/>
+    <col min="5" max="5" width="29.08203125" style="125" customWidth="1"/>
+    <col min="6" max="6" width="14.08203125" style="125" customWidth="1"/>
+    <col min="7" max="7" width="20.25" style="125" customWidth="1"/>
+    <col min="8" max="8" width="44" style="162" customWidth="1"/>
+    <col min="9" max="13" width="15" style="127" customWidth="1"/>
+    <col min="14" max="14" width="0.5" style="125" hidden="1" customWidth="1"/>
+    <col min="15" max="15" width="3" style="125" hidden="1" customWidth="1"/>
+    <col min="16" max="20" width="0" style="125" hidden="1" customWidth="1"/>
+    <col min="21" max="16384" width="14.08203125" style="125" hidden="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:13" s="123" customFormat="1" ht="29" x14ac:dyDescent="0.45">
+      <c r="A1" s="166" t="s">
+        <v>33</v>
+      </c>
+      <c r="B1" s="167"/>
+      <c r="C1" s="167"/>
+      <c r="D1" s="167"/>
+      <c r="E1" s="167"/>
+      <c r="F1" s="167"/>
+      <c r="G1" s="167"/>
+      <c r="H1" s="167"/>
+      <c r="I1" s="167"/>
+      <c r="J1" s="167"/>
+      <c r="K1" s="167"/>
+      <c r="L1" s="167"/>
+      <c r="M1" s="167"/>
+    </row>
+    <row r="2" spans="1:13" ht="100" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A2" s="163" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" s="163" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" s="164" t="s">
+        <v>36</v>
+      </c>
+      <c r="D2" s="164" t="s">
+        <v>37</v>
+      </c>
+      <c r="E2" s="163" t="s">
+        <v>38</v>
+      </c>
+      <c r="F2" s="163" t="s">
+        <v>39</v>
+      </c>
+      <c r="G2" s="163" t="s">
+        <v>1081</v>
+      </c>
+      <c r="H2" s="163" t="s">
+        <v>40</v>
+      </c>
+      <c r="I2" s="165" t="s">
+        <v>41</v>
+      </c>
+      <c r="J2" s="165" t="s">
+        <v>42</v>
+      </c>
+      <c r="K2" s="165" t="s">
+        <v>43</v>
+      </c>
+      <c r="L2" s="165" t="s">
+        <v>44</v>
+      </c>
+      <c r="M2" s="165" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="3" spans="1:13" ht="28" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A3" s="128" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" s="129" t="s">
+        <v>46</v>
+      </c>
+      <c r="C3" s="130"/>
+      <c r="D3" s="130"/>
+      <c r="E3" s="131"/>
+      <c r="F3" s="131"/>
+      <c r="G3" s="131"/>
+      <c r="H3" s="132"/>
+      <c r="I3" s="131"/>
+      <c r="J3" s="131"/>
+      <c r="K3" s="131"/>
+      <c r="L3" s="131"/>
+      <c r="M3" s="133"/>
+    </row>
+    <row r="4" spans="1:13" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A4" s="116" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" s="116" t="s">
+        <v>47</v>
+      </c>
+      <c r="C4" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D4" s="135"/>
+      <c r="E4" s="116" t="s">
+        <v>48</v>
+      </c>
+      <c r="F4" s="116" t="s">
+        <v>49</v>
+      </c>
+      <c r="G4" s="116" t="s">
+        <v>50</v>
+      </c>
+      <c r="H4" s="136" t="s">
+        <v>51</v>
+      </c>
+      <c r="I4" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="J4" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="K4" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L4" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M4" s="137"/>
+    </row>
+    <row r="5" spans="1:13" ht="140" x14ac:dyDescent="0.45">
+      <c r="A5" s="116" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" s="116" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" s="134">
+        <v>0</v>
+      </c>
+      <c r="D5" s="135"/>
+      <c r="E5" s="116" t="s">
+        <v>54</v>
+      </c>
+      <c r="F5" s="116" t="s">
+        <v>55</v>
+      </c>
+      <c r="G5" s="116" t="s">
+        <v>1047</v>
+      </c>
+      <c r="H5" s="136" t="s">
+        <v>1048</v>
+      </c>
+      <c r="I5" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="J5" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L5" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" s="137"/>
+    </row>
+    <row r="6" spans="1:13" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A6" s="116" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" s="116" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" s="134" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" s="135"/>
+      <c r="E6" s="116" t="s">
+        <v>58</v>
+      </c>
+      <c r="F6" s="116" t="s">
+        <v>59</v>
+      </c>
+      <c r="G6" s="116" t="s">
+        <v>60</v>
+      </c>
+      <c r="H6" s="136" t="s">
+        <v>61</v>
+      </c>
+      <c r="I6" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="J6" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L6" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" s="137"/>
+    </row>
+    <row r="7" spans="1:13" ht="105" x14ac:dyDescent="0.45">
+      <c r="A7" s="116" t="s">
+        <v>46</v>
+      </c>
+      <c r="B7" s="116" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" s="135" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" s="138"/>
+      <c r="E7" s="116" t="s">
+        <v>63</v>
+      </c>
+      <c r="F7" s="116" t="s">
+        <v>64</v>
+      </c>
+      <c r="G7" s="116" t="s">
+        <v>60</v>
+      </c>
+      <c r="H7" s="136" t="s">
+        <v>65</v>
+      </c>
+      <c r="I7" s="137"/>
+      <c r="J7" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="K7" s="137"/>
+      <c r="L7" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M7" s="137"/>
+    </row>
+    <row r="8" spans="1:13" ht="105" x14ac:dyDescent="0.45">
+      <c r="A8" s="116" t="s">
+        <v>46</v>
+      </c>
+      <c r="B8" s="116" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D8" s="135"/>
+      <c r="E8" s="116" t="s">
+        <v>67</v>
+      </c>
+      <c r="F8" s="116" t="s">
+        <v>68</v>
+      </c>
+      <c r="G8" s="116" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" s="136" t="s">
+        <v>69</v>
+      </c>
+      <c r="I8" s="137"/>
+      <c r="J8" s="137"/>
+      <c r="K8" s="137"/>
+      <c r="L8" s="137"/>
+      <c r="M8" s="137" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" ht="52.5" x14ac:dyDescent="0.45">
+      <c r="A9" s="116" t="s">
+        <v>46</v>
+      </c>
+      <c r="B9" s="116" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D9" s="135"/>
+      <c r="E9" s="116" t="s">
+        <v>71</v>
+      </c>
+      <c r="F9" s="116" t="s">
+        <v>72</v>
+      </c>
+      <c r="G9" s="116" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9" s="136" t="s">
+        <v>73</v>
+      </c>
+      <c r="I9" s="137"/>
+      <c r="J9" s="137"/>
+      <c r="K9" s="137"/>
+      <c r="L9" s="137"/>
+      <c r="M9" s="137" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" ht="105" x14ac:dyDescent="0.45">
+      <c r="A10" s="116" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" s="116" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D10" s="135"/>
+      <c r="E10" s="116" t="s">
+        <v>76</v>
+      </c>
+      <c r="F10" s="116" t="s">
+        <v>77</v>
+      </c>
+      <c r="G10" s="116" t="s">
+        <v>50</v>
+      </c>
+      <c r="H10" s="136" t="s">
+        <v>78</v>
+      </c>
+      <c r="I10" s="137"/>
+      <c r="J10" s="137"/>
+      <c r="K10" s="137"/>
+      <c r="L10" s="137"/>
+      <c r="M10" s="137" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" ht="151.5" x14ac:dyDescent="0.45">
+      <c r="A11" s="116" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" s="116" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" s="134">
+        <v>0.2</v>
+      </c>
+      <c r="D11" s="135"/>
+      <c r="E11" s="116" t="s">
+        <v>80</v>
+      </c>
+      <c r="F11" s="116" t="s">
+        <v>81</v>
+      </c>
+      <c r="G11" s="116" t="s">
+        <v>50</v>
+      </c>
+      <c r="H11" s="136" t="s">
+        <v>1049</v>
+      </c>
+      <c r="I11" s="137"/>
+      <c r="J11" s="137"/>
+      <c r="K11" s="137"/>
+      <c r="L11" s="137"/>
+      <c r="M11" s="137" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A12" s="116" t="s">
+        <v>46</v>
+      </c>
+      <c r="B12" s="116" t="s">
+        <v>82</v>
+      </c>
+      <c r="C12" s="134">
+        <v>0.05</v>
+      </c>
+      <c r="D12" s="135"/>
+      <c r="E12" s="116" t="s">
+        <v>83</v>
+      </c>
+      <c r="F12" s="116" t="s">
+        <v>84</v>
+      </c>
+      <c r="G12" s="116" t="s">
+        <v>50</v>
+      </c>
+      <c r="H12" s="136" t="s">
+        <v>85</v>
+      </c>
+      <c r="I12" s="137"/>
+      <c r="J12" s="137"/>
+      <c r="K12" s="137"/>
+      <c r="L12" s="137"/>
+      <c r="M12" s="137" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" ht="70" x14ac:dyDescent="0.45">
+      <c r="A13" s="139" t="s">
+        <v>46</v>
+      </c>
+      <c r="B13" s="139" t="s">
+        <v>86</v>
+      </c>
+      <c r="C13" s="140" t="s">
+        <v>87</v>
+      </c>
+      <c r="D13" s="140"/>
+      <c r="E13" s="139" t="s">
+        <v>88</v>
+      </c>
+      <c r="F13" s="139" t="s">
+        <v>89</v>
+      </c>
+      <c r="G13" s="139" t="s">
+        <v>60</v>
+      </c>
+      <c r="H13" s="141" t="s">
+        <v>90</v>
+      </c>
+      <c r="I13" s="142"/>
+      <c r="J13" s="142"/>
+      <c r="K13" s="142"/>
+      <c r="L13" s="142"/>
+      <c r="M13" s="142" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" ht="28" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A14" s="128" t="s">
+        <v>46</v>
+      </c>
+      <c r="B14" s="129" t="s">
+        <v>91</v>
+      </c>
+      <c r="C14" s="130"/>
+      <c r="D14" s="130"/>
+      <c r="E14" s="131"/>
+      <c r="F14" s="131"/>
+      <c r="G14" s="131"/>
+      <c r="H14" s="132"/>
+      <c r="I14" s="130"/>
+      <c r="J14" s="130"/>
+      <c r="K14" s="130"/>
+      <c r="L14" s="130"/>
+      <c r="M14" s="143"/>
+    </row>
+    <row r="15" spans="1:13" ht="52.5" x14ac:dyDescent="0.45">
+      <c r="A15" s="144" t="s">
+        <v>46</v>
+      </c>
+      <c r="B15" s="144" t="s">
+        <v>92</v>
+      </c>
+      <c r="C15" s="145">
+        <v>0</v>
+      </c>
+      <c r="D15" s="146"/>
+      <c r="E15" s="144" t="s">
+        <v>93</v>
+      </c>
+      <c r="F15" s="144" t="s">
+        <v>94</v>
+      </c>
+      <c r="G15" s="144" t="s">
+        <v>95</v>
+      </c>
+      <c r="H15" s="147" t="s">
+        <v>96</v>
+      </c>
+      <c r="I15" s="148"/>
+      <c r="J15" s="148"/>
+      <c r="K15" s="148" t="s">
+        <v>52</v>
+      </c>
+      <c r="L15" s="148" t="s">
+        <v>52</v>
+      </c>
+      <c r="M15" s="148"/>
+    </row>
+    <row r="16" spans="1:13" ht="105" x14ac:dyDescent="0.45">
+      <c r="A16" s="116" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16" s="116" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C16" s="134">
+        <v>0</v>
+      </c>
+      <c r="D16" s="135"/>
+      <c r="E16" s="116" t="s">
+        <v>97</v>
+      </c>
+      <c r="F16" s="116" t="s">
+        <v>98</v>
+      </c>
+      <c r="G16" s="116" t="s">
+        <v>99</v>
+      </c>
+      <c r="H16" s="136" t="s">
+        <v>100</v>
+      </c>
+      <c r="I16" s="137"/>
+      <c r="J16" s="137"/>
+      <c r="K16" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L16" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M16" s="137"/>
+    </row>
+    <row r="17" spans="1:13" ht="70" x14ac:dyDescent="0.45">
+      <c r="A17" s="116" t="s">
+        <v>46</v>
+      </c>
+      <c r="B17" s="116" t="s">
+        <v>101</v>
+      </c>
+      <c r="C17" s="134">
+        <v>0</v>
+      </c>
+      <c r="D17" s="135"/>
+      <c r="E17" s="116" t="s">
+        <v>102</v>
+      </c>
+      <c r="F17" s="116" t="s">
+        <v>103</v>
+      </c>
+      <c r="G17" s="116" t="s">
+        <v>104</v>
+      </c>
+      <c r="H17" s="136" t="s">
+        <v>105</v>
+      </c>
+      <c r="I17" s="137"/>
+      <c r="J17" s="137"/>
+      <c r="K17" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L17" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M17" s="137"/>
+    </row>
+    <row r="18" spans="1:13" ht="105" x14ac:dyDescent="0.45">
+      <c r="A18" s="139" t="s">
+        <v>46</v>
+      </c>
+      <c r="B18" s="139" t="s">
+        <v>106</v>
+      </c>
+      <c r="C18" s="140" t="s">
+        <v>57</v>
+      </c>
+      <c r="D18" s="140"/>
+      <c r="E18" s="139" t="s">
+        <v>107</v>
+      </c>
+      <c r="F18" s="139" t="s">
+        <v>108</v>
+      </c>
+      <c r="G18" s="139" t="s">
+        <v>60</v>
+      </c>
+      <c r="H18" s="141" t="s">
+        <v>109</v>
+      </c>
+      <c r="I18" s="142"/>
+      <c r="J18" s="142"/>
+      <c r="K18" s="142"/>
+      <c r="L18" s="142" t="s">
+        <v>52</v>
+      </c>
+      <c r="M18" s="142"/>
+    </row>
+    <row r="19" spans="1:13" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A19" s="116" t="s">
+        <v>46</v>
+      </c>
+      <c r="B19" s="116" t="s">
+        <v>110</v>
+      </c>
+      <c r="C19" s="134">
+        <v>0</v>
+      </c>
+      <c r="D19" s="135"/>
+      <c r="E19" s="116" t="s">
+        <v>111</v>
+      </c>
+      <c r="F19" s="67" t="s">
+        <v>112</v>
+      </c>
+      <c r="G19" s="116" t="s">
+        <v>113</v>
+      </c>
+      <c r="H19" s="136" t="s">
+        <v>114</v>
+      </c>
+      <c r="I19" s="137"/>
+      <c r="J19" s="137"/>
+      <c r="K19" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L19" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M19" s="137"/>
+    </row>
+    <row r="20" spans="1:13" ht="28" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A20" s="128" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" s="129" t="s">
+        <v>115</v>
+      </c>
+      <c r="C20" s="130"/>
+      <c r="D20" s="130"/>
+      <c r="E20" s="131"/>
+      <c r="F20" s="131"/>
+      <c r="G20" s="131"/>
+      <c r="H20" s="132"/>
+      <c r="I20" s="131"/>
+      <c r="J20" s="131"/>
+      <c r="K20" s="131"/>
+      <c r="L20" s="131"/>
+      <c r="M20" s="133"/>
+    </row>
+    <row r="21" spans="1:13" ht="70" x14ac:dyDescent="0.45">
+      <c r="A21" s="144" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="144" t="s">
+        <v>116</v>
+      </c>
+      <c r="C21" s="145">
+        <v>0</v>
+      </c>
+      <c r="D21" s="146"/>
+      <c r="E21" s="144" t="s">
+        <v>117</v>
+      </c>
+      <c r="F21" s="144" t="s">
+        <v>118</v>
+      </c>
+      <c r="G21" s="144" t="s">
+        <v>119</v>
+      </c>
+      <c r="H21" s="147" t="s">
+        <v>120</v>
+      </c>
+      <c r="I21" s="148"/>
+      <c r="J21" s="148"/>
+      <c r="K21" s="148" t="s">
+        <v>52</v>
+      </c>
+      <c r="L21" s="148" t="s">
+        <v>52</v>
+      </c>
+      <c r="M21" s="148"/>
+    </row>
+    <row r="22" spans="1:13" ht="52.5" x14ac:dyDescent="0.45">
+      <c r="A22" s="116" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" s="116" t="s">
+        <v>121</v>
+      </c>
+      <c r="C22" s="134">
+        <v>0</v>
+      </c>
+      <c r="D22" s="135"/>
+      <c r="E22" s="116" t="s">
+        <v>122</v>
+      </c>
+      <c r="F22" s="116" t="s">
+        <v>123</v>
+      </c>
+      <c r="G22" s="116" t="s">
+        <v>119</v>
+      </c>
+      <c r="H22" s="136" t="s">
+        <v>124</v>
+      </c>
+      <c r="I22" s="137"/>
+      <c r="J22" s="137"/>
+      <c r="K22" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L22" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M22" s="137"/>
+    </row>
+    <row r="23" spans="1:13" ht="122.5" x14ac:dyDescent="0.45">
+      <c r="A23" s="139" t="s">
+        <v>46</v>
+      </c>
+      <c r="B23" s="139" t="s">
+        <v>125</v>
+      </c>
+      <c r="C23" s="140" t="s">
+        <v>57</v>
+      </c>
+      <c r="D23" s="140"/>
+      <c r="E23" s="139" t="s">
+        <v>126</v>
+      </c>
+      <c r="F23" s="139" t="s">
+        <v>127</v>
+      </c>
+      <c r="G23" s="139" t="s">
+        <v>60</v>
+      </c>
+      <c r="H23" s="141" t="s">
+        <v>128</v>
+      </c>
+      <c r="I23" s="142"/>
+      <c r="J23" s="142"/>
+      <c r="K23" s="142"/>
+      <c r="L23" s="142" t="s">
+        <v>52</v>
+      </c>
+      <c r="M23" s="142"/>
+    </row>
+    <row r="24" spans="1:13" ht="28" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A24" s="128" t="s">
+        <v>46</v>
+      </c>
+      <c r="B24" s="129" t="s">
+        <v>129</v>
+      </c>
+      <c r="C24" s="149"/>
+      <c r="D24" s="149"/>
+      <c r="E24" s="150"/>
+      <c r="F24" s="150"/>
+      <c r="G24" s="150"/>
+      <c r="H24" s="151"/>
+      <c r="I24" s="150"/>
+      <c r="J24" s="150"/>
+      <c r="K24" s="150"/>
+      <c r="L24" s="150"/>
+      <c r="M24" s="152"/>
+    </row>
+    <row r="25" spans="1:13" ht="120.5" x14ac:dyDescent="0.45">
+      <c r="A25" s="144" t="s">
+        <v>46</v>
+      </c>
+      <c r="B25" s="144" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C25" s="146" t="s">
+        <v>87</v>
+      </c>
+      <c r="D25" s="146"/>
+      <c r="E25" s="144" t="s">
+        <v>130</v>
+      </c>
+      <c r="F25" s="144" t="s">
+        <v>1052</v>
+      </c>
+      <c r="G25" s="144" t="s">
+        <v>1053</v>
+      </c>
+      <c r="H25" s="147" t="s">
+        <v>1054</v>
+      </c>
+      <c r="I25" s="148"/>
+      <c r="J25" s="148"/>
+      <c r="K25" s="148" t="s">
+        <v>52</v>
+      </c>
+      <c r="L25" s="148" t="s">
+        <v>52</v>
+      </c>
+      <c r="M25" s="153" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" ht="105" x14ac:dyDescent="0.45">
+      <c r="A26" s="116" t="s">
+        <v>46</v>
+      </c>
+      <c r="B26" s="116" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C26" s="135" t="s">
+        <v>87</v>
+      </c>
+      <c r="D26" s="135"/>
+      <c r="E26" s="116" t="s">
+        <v>1056</v>
+      </c>
+      <c r="F26" s="116" t="s">
+        <v>1057</v>
+      </c>
+      <c r="G26" s="116" t="s">
+        <v>1058</v>
+      </c>
+      <c r="H26" s="136" t="s">
+        <v>131</v>
+      </c>
+      <c r="I26" s="137"/>
+      <c r="J26" s="137"/>
+      <c r="K26" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L26" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M26" s="154" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" ht="157.5" x14ac:dyDescent="0.45">
+      <c r="A27" s="116" t="s">
+        <v>46</v>
+      </c>
+      <c r="B27" s="116" t="s">
+        <v>132</v>
+      </c>
+      <c r="C27" s="135" t="s">
+        <v>87</v>
+      </c>
+      <c r="D27" s="135"/>
+      <c r="E27" s="116" t="s">
+        <v>133</v>
+      </c>
+      <c r="F27" s="116" t="s">
+        <v>133</v>
+      </c>
+      <c r="G27" s="116" t="s">
+        <v>134</v>
+      </c>
+      <c r="H27" s="136" t="s">
+        <v>135</v>
+      </c>
+      <c r="I27" s="137"/>
+      <c r="J27" s="137"/>
+      <c r="K27" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L27" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M27" s="154" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" ht="105" x14ac:dyDescent="0.45">
+      <c r="A28" s="116" t="s">
+        <v>46</v>
+      </c>
+      <c r="B28" s="116" t="s">
+        <v>136</v>
+      </c>
+      <c r="C28" s="75" t="s">
+        <v>137</v>
+      </c>
+      <c r="D28" s="135"/>
+      <c r="E28" s="116" t="s">
+        <v>138</v>
+      </c>
+      <c r="F28" s="116" t="s">
+        <v>138</v>
+      </c>
+      <c r="G28" s="116" t="s">
+        <v>139</v>
+      </c>
+      <c r="H28" s="136" t="s">
+        <v>140</v>
+      </c>
+      <c r="I28" s="137"/>
+      <c r="J28" s="137"/>
+      <c r="K28" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L28" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M28" s="154"/>
+    </row>
+    <row r="29" spans="1:13" ht="122.5" x14ac:dyDescent="0.45">
+      <c r="A29" s="116" t="s">
+        <v>46</v>
+      </c>
+      <c r="B29" s="116" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C29" s="75" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D29" s="135"/>
+      <c r="E29" s="116" t="s">
+        <v>141</v>
+      </c>
+      <c r="F29" s="116" t="s">
+        <v>1061</v>
+      </c>
+      <c r="G29" s="116" t="s">
+        <v>1062</v>
+      </c>
+      <c r="H29" s="136" t="s">
+        <v>1063</v>
+      </c>
+      <c r="I29" s="137"/>
+      <c r="J29" s="137"/>
+      <c r="K29" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L29" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M29" s="154" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" ht="25" x14ac:dyDescent="0.45">
+      <c r="A30" s="128" t="s">
+        <v>142</v>
+      </c>
+      <c r="B30" s="129" t="s">
+        <v>142</v>
+      </c>
+      <c r="C30" s="130"/>
+      <c r="D30" s="130"/>
+      <c r="E30" s="131"/>
+      <c r="F30" s="131"/>
+      <c r="G30" s="131"/>
+      <c r="H30" s="132"/>
+      <c r="I30" s="131"/>
+      <c r="J30" s="131"/>
+      <c r="K30" s="131"/>
+      <c r="L30" s="131"/>
+      <c r="M30" s="133"/>
+    </row>
+    <row r="31" spans="1:13" ht="140" x14ac:dyDescent="0.45">
+      <c r="A31" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B31" s="116" t="s">
+        <v>143</v>
+      </c>
+      <c r="C31" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D31" s="134">
+        <v>1</v>
+      </c>
+      <c r="E31" s="116" t="s">
+        <v>144</v>
+      </c>
+      <c r="F31" s="116" t="s">
+        <v>145</v>
+      </c>
+      <c r="G31" s="116" t="s">
+        <v>146</v>
+      </c>
+      <c r="H31" s="136" t="s">
+        <v>147</v>
+      </c>
+      <c r="I31" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="J31" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="K31" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L31" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M31" s="137"/>
+    </row>
+    <row r="32" spans="1:13" ht="175" x14ac:dyDescent="0.45">
+      <c r="A32" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B32" s="116" t="s">
+        <v>148</v>
+      </c>
+      <c r="C32" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D32" s="135" t="s">
+        <v>149</v>
+      </c>
+      <c r="E32" s="116" t="s">
+        <v>150</v>
+      </c>
+      <c r="F32" s="116" t="s">
+        <v>151</v>
+      </c>
+      <c r="G32" s="116" t="s">
+        <v>1064</v>
+      </c>
+      <c r="H32" s="136" t="s">
+        <v>152</v>
+      </c>
+      <c r="I32" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="J32" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="K32" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L32" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M32" s="137"/>
+    </row>
+    <row r="33" spans="1:13" ht="140" x14ac:dyDescent="0.45">
+      <c r="A33" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B33" s="116" t="s">
+        <v>153</v>
+      </c>
+      <c r="C33" s="135" t="s">
+        <v>57</v>
+      </c>
+      <c r="D33" s="134">
+        <v>0</v>
+      </c>
+      <c r="E33" s="116" t="s">
+        <v>154</v>
+      </c>
+      <c r="F33" s="116" t="s">
+        <v>155</v>
+      </c>
+      <c r="G33" s="116" t="s">
+        <v>60</v>
+      </c>
+      <c r="H33" s="136" t="s">
+        <v>156</v>
+      </c>
+      <c r="I33" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="J33" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="K33" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L33" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M33" s="137"/>
+    </row>
+    <row r="34" spans="1:13" ht="70" x14ac:dyDescent="0.45">
+      <c r="A34" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B34" s="116" t="s">
+        <v>157</v>
+      </c>
+      <c r="C34" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D34" s="135" t="s">
+        <v>158</v>
+      </c>
+      <c r="E34" s="116" t="s">
+        <v>159</v>
+      </c>
+      <c r="F34" s="116" t="s">
+        <v>160</v>
+      </c>
+      <c r="G34" s="116" t="s">
+        <v>161</v>
+      </c>
+      <c r="H34" s="136" t="s">
+        <v>162</v>
+      </c>
+      <c r="I34" s="137"/>
+      <c r="J34" s="137"/>
+      <c r="K34" s="137"/>
+      <c r="L34" s="137"/>
+      <c r="M34" s="137" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A35" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B35" s="116" t="s">
+        <v>163</v>
+      </c>
+      <c r="C35" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D35" s="134">
+        <v>0.5</v>
+      </c>
+      <c r="E35" s="116" t="s">
+        <v>164</v>
+      </c>
+      <c r="F35" s="116" t="s">
+        <v>165</v>
+      </c>
+      <c r="G35" s="116" t="s">
+        <v>166</v>
+      </c>
+      <c r="H35" s="136" t="s">
+        <v>167</v>
+      </c>
+      <c r="I35" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="J35" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="K35" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L35" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M35" s="137"/>
+    </row>
+    <row r="36" spans="1:13" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A36" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B36" s="116" t="s">
+        <v>168</v>
+      </c>
+      <c r="C36" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D36" s="134">
+        <v>0.5</v>
+      </c>
+      <c r="E36" s="116" t="s">
+        <v>169</v>
+      </c>
+      <c r="F36" s="116" t="s">
+        <v>170</v>
+      </c>
+      <c r="G36" s="116" t="s">
+        <v>171</v>
+      </c>
+      <c r="H36" s="136" t="s">
+        <v>172</v>
+      </c>
+      <c r="I36" s="137"/>
+      <c r="J36" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="K36" s="137"/>
+      <c r="L36" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M36" s="137"/>
+    </row>
+    <row r="37" spans="1:13" ht="70" x14ac:dyDescent="0.45">
+      <c r="A37" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B37" s="116" t="s">
+        <v>173</v>
+      </c>
+      <c r="C37" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D37" s="155">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="E37" s="116" t="s">
+        <v>174</v>
+      </c>
+      <c r="F37" s="116" t="s">
+        <v>175</v>
+      </c>
+      <c r="G37" s="116" t="s">
+        <v>176</v>
+      </c>
+      <c r="H37" s="136" t="s">
+        <v>177</v>
+      </c>
+      <c r="I37" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="J37" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="K37" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L37" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M37" s="137"/>
+    </row>
+    <row r="38" spans="1:13" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A38" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B38" s="116" t="s">
+        <v>178</v>
+      </c>
+      <c r="C38" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D38" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="E38" s="116" t="s">
+        <v>179</v>
+      </c>
+      <c r="F38" s="116" t="s">
+        <v>180</v>
+      </c>
+      <c r="G38" s="116" t="s">
+        <v>181</v>
+      </c>
+      <c r="H38" s="136" t="s">
+        <v>182</v>
+      </c>
+      <c r="I38" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="J38" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="K38" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L38" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M38" s="137"/>
+    </row>
+    <row r="39" spans="1:13" ht="122.5" x14ac:dyDescent="0.45">
+      <c r="A39" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B39" s="116" t="s">
+        <v>183</v>
+      </c>
+      <c r="C39" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D39" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="E39" s="116" t="s">
+        <v>184</v>
+      </c>
+      <c r="F39" s="116" t="s">
+        <v>185</v>
+      </c>
+      <c r="G39" s="116" t="s">
+        <v>186</v>
+      </c>
+      <c r="H39" s="136" t="s">
+        <v>187</v>
+      </c>
+      <c r="I39" s="137"/>
+      <c r="J39" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="K39" s="137"/>
+      <c r="L39" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M39" s="137"/>
+    </row>
+    <row r="40" spans="1:13" ht="157.5" x14ac:dyDescent="0.45">
+      <c r="A40" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B40" s="116" t="s">
+        <v>188</v>
+      </c>
+      <c r="C40" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D40" s="135" t="s">
+        <v>189</v>
+      </c>
+      <c r="E40" s="116" t="s">
+        <v>190</v>
+      </c>
+      <c r="F40" s="116" t="s">
+        <v>191</v>
+      </c>
+      <c r="G40" s="116" t="s">
+        <v>192</v>
+      </c>
+      <c r="H40" s="136" t="s">
+        <v>193</v>
+      </c>
+      <c r="I40" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="J40" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="K40" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L40" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M40" s="137"/>
+    </row>
+    <row r="41" spans="1:13" ht="210" x14ac:dyDescent="0.45">
+      <c r="A41" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B41" s="116" t="s">
+        <v>194</v>
+      </c>
+      <c r="C41" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D41" s="135" t="s">
+        <v>189</v>
+      </c>
+      <c r="E41" s="116" t="s">
+        <v>190</v>
+      </c>
+      <c r="F41" s="116" t="s">
+        <v>195</v>
+      </c>
+      <c r="G41" s="116" t="s">
+        <v>196</v>
+      </c>
+      <c r="H41" s="136" t="s">
+        <v>197</v>
+      </c>
+      <c r="I41" s="137"/>
+      <c r="J41" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="K41" s="137"/>
+      <c r="L41" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M41" s="137"/>
+    </row>
+    <row r="42" spans="1:13" ht="192.5" x14ac:dyDescent="0.45">
+      <c r="A42" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B42" s="116" t="s">
+        <v>198</v>
+      </c>
+      <c r="C42" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D42" s="135" t="s">
+        <v>199</v>
+      </c>
+      <c r="E42" s="116" t="s">
+        <v>200</v>
+      </c>
+      <c r="F42" s="116" t="s">
+        <v>201</v>
+      </c>
+      <c r="G42" s="116" t="s">
+        <v>202</v>
+      </c>
+      <c r="H42" s="136" t="s">
+        <v>203</v>
+      </c>
+      <c r="I42" s="137"/>
+      <c r="J42" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="K42" s="137"/>
+      <c r="L42" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M42" s="137"/>
+    </row>
+    <row r="43" spans="1:13" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A43" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B43" s="116" t="s">
+        <v>204</v>
+      </c>
+      <c r="C43" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D43" s="135" t="s">
+        <v>205</v>
+      </c>
+      <c r="E43" s="116" t="s">
+        <v>206</v>
+      </c>
+      <c r="F43" s="116" t="s">
+        <v>207</v>
+      </c>
+      <c r="G43" s="116" t="s">
+        <v>208</v>
+      </c>
+      <c r="H43" s="136" t="s">
+        <v>209</v>
+      </c>
+      <c r="I43" s="137"/>
+      <c r="J43" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="K43" s="137"/>
+      <c r="L43" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M43" s="137"/>
+    </row>
+    <row r="44" spans="1:13" ht="140" x14ac:dyDescent="0.45">
+      <c r="A44" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B44" s="116" t="s">
+        <v>210</v>
+      </c>
+      <c r="C44" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D44" s="135" t="s">
+        <v>211</v>
+      </c>
+      <c r="E44" s="116" t="s">
+        <v>212</v>
+      </c>
+      <c r="F44" s="116" t="s">
+        <v>213</v>
+      </c>
+      <c r="G44" s="116" t="s">
+        <v>214</v>
+      </c>
+      <c r="H44" s="136" t="s">
+        <v>215</v>
+      </c>
+      <c r="I44" s="137"/>
+      <c r="J44" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="K44" s="137"/>
+      <c r="L44" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M44" s="137"/>
+    </row>
+    <row r="45" spans="1:13" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A45" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B45" s="116" t="s">
+        <v>66</v>
+      </c>
+      <c r="C45" s="135" t="s">
+        <v>57</v>
+      </c>
+      <c r="D45" s="134">
+        <v>0</v>
+      </c>
+      <c r="E45" s="116" t="s">
+        <v>216</v>
+      </c>
+      <c r="F45" s="116" t="s">
+        <v>217</v>
+      </c>
+      <c r="G45" s="116" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H45" s="136" t="s">
+        <v>218</v>
+      </c>
+      <c r="I45" s="137"/>
+      <c r="J45" s="137"/>
+      <c r="K45" s="137"/>
+      <c r="L45" s="137"/>
+      <c r="M45" s="137" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" ht="105" x14ac:dyDescent="0.45">
+      <c r="A46" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B46" s="116" t="s">
+        <v>70</v>
+      </c>
+      <c r="C46" s="135" t="s">
+        <v>57</v>
+      </c>
+      <c r="D46" s="134">
+        <v>0</v>
+      </c>
+      <c r="E46" s="116" t="s">
+        <v>219</v>
+      </c>
+      <c r="F46" s="116" t="s">
+        <v>220</v>
+      </c>
+      <c r="G46" s="116" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H46" s="136" t="s">
+        <v>221</v>
+      </c>
+      <c r="I46" s="137"/>
+      <c r="J46" s="137"/>
+      <c r="K46" s="137"/>
+      <c r="L46" s="137"/>
+      <c r="M46" s="137" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" ht="105" x14ac:dyDescent="0.45">
+      <c r="A47" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B47" s="116" t="s">
+        <v>75</v>
+      </c>
+      <c r="C47" s="135" t="s">
+        <v>57</v>
+      </c>
+      <c r="D47" s="134">
+        <v>0</v>
+      </c>
+      <c r="E47" s="116" t="s">
+        <v>222</v>
+      </c>
+      <c r="F47" s="116" t="s">
+        <v>223</v>
+      </c>
+      <c r="G47" s="116" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H47" s="136" t="s">
+        <v>224</v>
+      </c>
+      <c r="I47" s="137"/>
+      <c r="J47" s="137"/>
+      <c r="K47" s="137"/>
+      <c r="L47" s="137"/>
+      <c r="M47" s="137" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A48" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B48" s="116" t="s">
+        <v>79</v>
+      </c>
+      <c r="C48" s="135" t="s">
+        <v>57</v>
+      </c>
+      <c r="D48" s="134">
+        <v>0</v>
+      </c>
+      <c r="E48" s="116" t="s">
+        <v>225</v>
+      </c>
+      <c r="F48" s="116" t="s">
+        <v>226</v>
+      </c>
+      <c r="G48" s="116" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H48" s="136" t="s">
+        <v>227</v>
+      </c>
+      <c r="I48" s="137"/>
+      <c r="J48" s="137"/>
+      <c r="K48" s="137"/>
+      <c r="L48" s="137"/>
+      <c r="M48" s="137" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A49" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B49" s="116" t="s">
+        <v>228</v>
+      </c>
+      <c r="C49" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D49" s="134">
+        <v>1</v>
+      </c>
+      <c r="E49" s="116" t="s">
+        <v>229</v>
+      </c>
+      <c r="F49" s="116" t="s">
+        <v>230</v>
+      </c>
+      <c r="G49" s="116" t="s">
+        <v>231</v>
+      </c>
+      <c r="H49" s="136" t="s">
+        <v>232</v>
+      </c>
+      <c r="I49" s="137"/>
+      <c r="J49" s="137"/>
+      <c r="K49" s="137"/>
+      <c r="L49" s="137"/>
+      <c r="M49" s="137" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" ht="122.5" x14ac:dyDescent="0.45">
+      <c r="A50" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B50" s="116" t="s">
+        <v>233</v>
+      </c>
+      <c r="C50" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D50" s="135" t="s">
+        <v>199</v>
+      </c>
+      <c r="E50" s="116" t="s">
+        <v>234</v>
+      </c>
+      <c r="F50" s="116" t="s">
+        <v>235</v>
+      </c>
+      <c r="G50" s="116" t="s">
+        <v>236</v>
+      </c>
+      <c r="H50" s="136" t="s">
+        <v>237</v>
+      </c>
+      <c r="I50" s="137"/>
+      <c r="J50" s="137"/>
+      <c r="K50" s="137"/>
+      <c r="L50" s="137"/>
+      <c r="M50" s="137" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" ht="140" x14ac:dyDescent="0.45">
+      <c r="A51" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B51" s="116" t="s">
+        <v>238</v>
+      </c>
+      <c r="C51" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D51" s="135" t="s">
+        <v>149</v>
+      </c>
+      <c r="E51" s="116" t="s">
+        <v>239</v>
+      </c>
+      <c r="F51" s="116" t="s">
+        <v>240</v>
+      </c>
+      <c r="G51" s="116" t="s">
+        <v>241</v>
+      </c>
+      <c r="H51" s="136" t="s">
+        <v>242</v>
+      </c>
+      <c r="I51" s="137"/>
+      <c r="J51" s="137"/>
+      <c r="K51" s="137"/>
+      <c r="L51" s="137"/>
+      <c r="M51" s="137" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" ht="140" x14ac:dyDescent="0.45">
+      <c r="A52" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B52" s="116" t="s">
+        <v>243</v>
+      </c>
+      <c r="C52" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D52" s="134">
+        <v>0</v>
+      </c>
+      <c r="E52" s="116" t="s">
+        <v>244</v>
+      </c>
+      <c r="F52" s="116" t="s">
+        <v>245</v>
+      </c>
+      <c r="G52" s="116" t="s">
+        <v>50</v>
+      </c>
+      <c r="H52" s="136" t="s">
+        <v>246</v>
+      </c>
+      <c r="I52" s="137"/>
+      <c r="J52" s="137"/>
+      <c r="K52" s="137"/>
+      <c r="L52" s="137"/>
+      <c r="M52" s="137" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" ht="175" x14ac:dyDescent="0.45">
+      <c r="A53" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B53" s="116" t="s">
+        <v>247</v>
+      </c>
+      <c r="C53" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D53" s="135" t="s">
+        <v>211</v>
+      </c>
+      <c r="E53" s="116" t="s">
+        <v>248</v>
+      </c>
+      <c r="F53" s="116" t="s">
+        <v>249</v>
+      </c>
+      <c r="G53" s="116" t="s">
+        <v>250</v>
+      </c>
+      <c r="H53" s="136" t="s">
+        <v>251</v>
+      </c>
+      <c r="I53" s="137"/>
+      <c r="J53" s="137"/>
+      <c r="K53" s="137"/>
+      <c r="L53" s="137"/>
+      <c r="M53" s="137" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A54" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B54" s="116" t="s">
+        <v>252</v>
+      </c>
+      <c r="C54" s="135" t="s">
+        <v>87</v>
+      </c>
+      <c r="D54" s="135" t="s">
+        <v>253</v>
+      </c>
+      <c r="E54" s="116" t="s">
+        <v>254</v>
+      </c>
+      <c r="F54" s="116" t="s">
+        <v>254</v>
+      </c>
+      <c r="G54" s="116" t="s">
+        <v>255</v>
+      </c>
+      <c r="H54" s="136" t="s">
+        <v>256</v>
+      </c>
+      <c r="I54" s="137"/>
+      <c r="J54" s="137"/>
+      <c r="K54" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L54" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M54" s="137"/>
+    </row>
+    <row r="55" spans="1:13" ht="70" x14ac:dyDescent="0.45">
+      <c r="A55" s="139" t="s">
+        <v>142</v>
+      </c>
+      <c r="B55" s="139" t="s">
+        <v>257</v>
+      </c>
+      <c r="C55" s="156">
+        <v>0.25</v>
+      </c>
+      <c r="D55" s="140" t="s">
+        <v>253</v>
+      </c>
+      <c r="E55" s="139" t="s">
+        <v>258</v>
+      </c>
+      <c r="F55" s="139" t="s">
+        <v>259</v>
+      </c>
+      <c r="G55" s="139" t="s">
+        <v>1066</v>
+      </c>
+      <c r="H55" s="141" t="s">
+        <v>260</v>
+      </c>
+      <c r="I55" s="142"/>
+      <c r="J55" s="142"/>
+      <c r="K55" s="142"/>
+      <c r="L55" s="142"/>
+      <c r="M55" s="142" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" ht="28" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A56" s="128" t="s">
+        <v>142</v>
+      </c>
+      <c r="B56" s="129" t="s">
+        <v>261</v>
+      </c>
+      <c r="C56" s="130"/>
+      <c r="D56" s="130"/>
+      <c r="E56" s="131"/>
+      <c r="F56" s="131"/>
+      <c r="G56" s="131"/>
+      <c r="H56" s="132"/>
+      <c r="I56" s="131"/>
+      <c r="J56" s="131"/>
+      <c r="K56" s="131"/>
+      <c r="L56" s="131"/>
+      <c r="M56" s="133"/>
+    </row>
+    <row r="57" spans="1:13" ht="103" x14ac:dyDescent="0.45">
+      <c r="A57" s="144" t="s">
+        <v>142</v>
+      </c>
+      <c r="B57" s="144" t="s">
+        <v>262</v>
+      </c>
+      <c r="C57" s="145">
+        <v>0.25</v>
+      </c>
+      <c r="D57" s="145">
+        <v>1</v>
+      </c>
+      <c r="E57" s="144" t="s">
+        <v>263</v>
+      </c>
+      <c r="F57" s="144" t="s">
+        <v>264</v>
+      </c>
+      <c r="G57" s="157" t="s">
+        <v>1067</v>
+      </c>
+      <c r="H57" s="147" t="s">
+        <v>265</v>
+      </c>
+      <c r="I57" s="148"/>
+      <c r="J57" s="148"/>
+      <c r="K57" s="148" t="s">
+        <v>52</v>
+      </c>
+      <c r="L57" s="148" t="s">
+        <v>52</v>
+      </c>
+      <c r="M57" s="148"/>
+    </row>
+    <row r="58" spans="1:13" ht="157.5" x14ac:dyDescent="0.45">
+      <c r="A58" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B58" s="116" t="s">
+        <v>266</v>
+      </c>
+      <c r="C58" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D58" s="135" t="s">
+        <v>149</v>
+      </c>
+      <c r="E58" s="116" t="s">
+        <v>267</v>
+      </c>
+      <c r="F58" s="116" t="s">
+        <v>268</v>
+      </c>
+      <c r="G58" s="158" t="s">
+        <v>1068</v>
+      </c>
+      <c r="H58" s="136" t="s">
+        <v>269</v>
+      </c>
+      <c r="I58" s="137"/>
+      <c r="J58" s="137"/>
+      <c r="K58" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L58" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M58" s="137"/>
+    </row>
+    <row r="59" spans="1:13" ht="122.5" x14ac:dyDescent="0.45">
+      <c r="A59" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B59" s="116" t="s">
+        <v>270</v>
+      </c>
+      <c r="C59" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D59" s="134">
+        <v>0</v>
+      </c>
+      <c r="E59" s="116" t="s">
+        <v>271</v>
+      </c>
+      <c r="F59" s="116" t="s">
+        <v>272</v>
+      </c>
+      <c r="G59" s="158" t="s">
+        <v>1069</v>
+      </c>
+      <c r="H59" s="136" t="s">
+        <v>273</v>
+      </c>
+      <c r="I59" s="137"/>
+      <c r="J59" s="137"/>
+      <c r="K59" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L59" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M59" s="137"/>
+    </row>
+    <row r="60" spans="1:13" ht="138" x14ac:dyDescent="0.45">
+      <c r="A60" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B60" s="116" t="s">
+        <v>274</v>
+      </c>
+      <c r="C60" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D60" s="135" t="s">
+        <v>199</v>
+      </c>
+      <c r="E60" s="116" t="s">
+        <v>275</v>
+      </c>
+      <c r="F60" s="116" t="s">
+        <v>276</v>
+      </c>
+      <c r="G60" s="158" t="s">
+        <v>1070</v>
+      </c>
+      <c r="H60" s="136" t="s">
+        <v>277</v>
+      </c>
+      <c r="I60" s="137"/>
+      <c r="J60" s="137"/>
+      <c r="K60" s="137"/>
+      <c r="L60" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M60" s="137"/>
+    </row>
+    <row r="61" spans="1:13" ht="140" x14ac:dyDescent="0.45">
+      <c r="A61" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B61" s="116" t="s">
+        <v>278</v>
+      </c>
+      <c r="C61" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D61" s="135" t="s">
+        <v>211</v>
+      </c>
+      <c r="E61" s="116" t="s">
+        <v>279</v>
+      </c>
+      <c r="F61" s="116" t="s">
+        <v>280</v>
+      </c>
+      <c r="G61" s="158" t="s">
+        <v>1071</v>
+      </c>
+      <c r="H61" s="136" t="s">
+        <v>281</v>
+      </c>
+      <c r="I61" s="137"/>
+      <c r="J61" s="137"/>
+      <c r="K61" s="137"/>
+      <c r="L61" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M61" s="137"/>
+    </row>
+    <row r="62" spans="1:13" ht="120.5" x14ac:dyDescent="0.45">
+      <c r="A62" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B62" s="116" t="s">
+        <v>282</v>
+      </c>
+      <c r="C62" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D62" s="134">
+        <v>1</v>
+      </c>
+      <c r="E62" s="116" t="s">
+        <v>283</v>
+      </c>
+      <c r="F62" s="116" t="s">
+        <v>284</v>
+      </c>
+      <c r="G62" s="158" t="s">
+        <v>1072</v>
+      </c>
+      <c r="H62" s="136" t="s">
+        <v>285</v>
+      </c>
+      <c r="I62" s="137"/>
+      <c r="J62" s="137"/>
+      <c r="K62" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L62" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M62" s="137"/>
+    </row>
+    <row r="63" spans="1:13" ht="157.5" x14ac:dyDescent="0.45">
+      <c r="A63" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B63" s="116" t="s">
+        <v>286</v>
+      </c>
+      <c r="C63" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D63" s="135" t="s">
+        <v>149</v>
+      </c>
+      <c r="E63" s="116" t="s">
+        <v>287</v>
+      </c>
+      <c r="F63" s="116" t="s">
+        <v>288</v>
+      </c>
+      <c r="G63" s="158" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H63" s="136" t="s">
+        <v>289</v>
+      </c>
+      <c r="I63" s="137"/>
+      <c r="J63" s="137"/>
+      <c r="K63" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L63" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M63" s="137"/>
+    </row>
+    <row r="64" spans="1:13" ht="122.5" x14ac:dyDescent="0.45">
+      <c r="A64" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B64" s="116" t="s">
+        <v>290</v>
+      </c>
+      <c r="C64" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D64" s="134">
+        <v>0</v>
+      </c>
+      <c r="E64" s="116" t="s">
+        <v>291</v>
+      </c>
+      <c r="F64" s="116" t="s">
+        <v>292</v>
+      </c>
+      <c r="G64" s="158" t="s">
+        <v>1074</v>
+      </c>
+      <c r="H64" s="136" t="s">
+        <v>293</v>
+      </c>
+      <c r="I64" s="137"/>
+      <c r="J64" s="137"/>
+      <c r="K64" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L64" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M64" s="137"/>
+    </row>
+    <row r="65" spans="1:13" ht="155.5" x14ac:dyDescent="0.45">
+      <c r="A65" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B65" s="116" t="s">
+        <v>294</v>
+      </c>
+      <c r="C65" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D65" s="135" t="s">
+        <v>199</v>
+      </c>
+      <c r="E65" s="116" t="s">
+        <v>295</v>
+      </c>
+      <c r="F65" s="116" t="s">
+        <v>296</v>
+      </c>
+      <c r="G65" s="158" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H65" s="136" t="s">
+        <v>297</v>
+      </c>
+      <c r="I65" s="137"/>
+      <c r="J65" s="137"/>
+      <c r="K65" s="137"/>
+      <c r="L65" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M65" s="137"/>
+    </row>
+    <row r="66" spans="1:13" ht="155.5" x14ac:dyDescent="0.45">
+      <c r="A66" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B66" s="116" t="s">
+        <v>298</v>
+      </c>
+      <c r="C66" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D66" s="135" t="s">
+        <v>211</v>
+      </c>
+      <c r="E66" s="116" t="s">
+        <v>299</v>
+      </c>
+      <c r="F66" s="116" t="s">
+        <v>300</v>
+      </c>
+      <c r="G66" s="158" t="s">
+        <v>1076</v>
+      </c>
+      <c r="H66" s="136" t="s">
+        <v>301</v>
+      </c>
+      <c r="I66" s="137"/>
+      <c r="J66" s="137"/>
+      <c r="K66" s="137"/>
+      <c r="L66" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M66" s="137"/>
+    </row>
+    <row r="67" spans="1:13" ht="175" x14ac:dyDescent="0.45">
+      <c r="A67" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B67" s="116" t="s">
+        <v>302</v>
+      </c>
+      <c r="C67" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D67" s="135" t="s">
+        <v>189</v>
+      </c>
+      <c r="E67" s="116" t="s">
+        <v>303</v>
+      </c>
+      <c r="F67" s="116" t="s">
+        <v>304</v>
+      </c>
+      <c r="G67" s="158" t="s">
+        <v>1077</v>
+      </c>
+      <c r="H67" s="136" t="s">
+        <v>305</v>
+      </c>
+      <c r="I67" s="137"/>
+      <c r="J67" s="137"/>
+      <c r="K67" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L67" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M67" s="137"/>
+    </row>
+    <row r="68" spans="1:13" ht="210" x14ac:dyDescent="0.45">
+      <c r="A68" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B68" s="116" t="s">
+        <v>306</v>
+      </c>
+      <c r="C68" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D68" s="135" t="s">
+        <v>189</v>
+      </c>
+      <c r="E68" s="116" t="s">
+        <v>307</v>
+      </c>
+      <c r="F68" s="116" t="s">
+        <v>308</v>
+      </c>
+      <c r="G68" s="158" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H68" s="136" t="s">
+        <v>309</v>
+      </c>
+      <c r="I68" s="137"/>
+      <c r="J68" s="137"/>
+      <c r="K68" s="137"/>
+      <c r="L68" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M68" s="137"/>
+    </row>
+    <row r="69" spans="1:13" ht="138" x14ac:dyDescent="0.45">
+      <c r="A69" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B69" s="116" t="s">
+        <v>310</v>
+      </c>
+      <c r="C69" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D69" s="155">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="E69" s="116" t="s">
+        <v>311</v>
+      </c>
+      <c r="F69" s="116" t="s">
+        <v>312</v>
+      </c>
+      <c r="G69" s="158" t="s">
+        <v>1079</v>
+      </c>
+      <c r="H69" s="136" t="s">
+        <v>313</v>
+      </c>
+      <c r="I69" s="137"/>
+      <c r="J69" s="137"/>
+      <c r="K69" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L69" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M69" s="137"/>
+    </row>
+    <row r="70" spans="1:13" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A70" s="139" t="s">
+        <v>142</v>
+      </c>
+      <c r="B70" s="139" t="s">
+        <v>314</v>
+      </c>
+      <c r="C70" s="156">
+        <v>0</v>
+      </c>
+      <c r="D70" s="156">
+        <v>0</v>
+      </c>
+      <c r="E70" s="139" t="s">
+        <v>315</v>
+      </c>
+      <c r="F70" s="139" t="s">
+        <v>316</v>
+      </c>
+      <c r="G70" s="139" t="s">
+        <v>60</v>
+      </c>
+      <c r="H70" s="141" t="s">
+        <v>317</v>
+      </c>
+      <c r="I70" s="142"/>
+      <c r="J70" s="142"/>
+      <c r="K70" s="142" t="s">
+        <v>52</v>
+      </c>
+      <c r="L70" s="142" t="s">
+        <v>52</v>
+      </c>
+      <c r="M70" s="142"/>
+    </row>
+    <row r="71" spans="1:13" ht="28" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A71" s="128" t="s">
+        <v>142</v>
+      </c>
+      <c r="B71" s="129" t="s">
+        <v>318</v>
+      </c>
+      <c r="C71" s="130"/>
+      <c r="D71" s="130"/>
+      <c r="E71" s="131"/>
+      <c r="F71" s="131"/>
+      <c r="G71" s="131"/>
+      <c r="H71" s="132"/>
+      <c r="I71" s="131"/>
+      <c r="J71" s="131"/>
+      <c r="K71" s="131"/>
+      <c r="L71" s="131"/>
+      <c r="M71" s="133"/>
+    </row>
+    <row r="72" spans="1:13" ht="87.5" x14ac:dyDescent="0.45">
+      <c r="A72" s="144" t="s">
+        <v>142</v>
+      </c>
+      <c r="B72" s="144" t="s">
+        <v>319</v>
+      </c>
+      <c r="C72" s="145">
+        <v>0.25</v>
+      </c>
+      <c r="D72" s="145">
+        <v>1</v>
+      </c>
+      <c r="E72" s="144" t="s">
+        <v>320</v>
+      </c>
+      <c r="F72" s="144" t="s">
+        <v>321</v>
+      </c>
+      <c r="G72" s="144" t="s">
+        <v>322</v>
+      </c>
+      <c r="H72" s="147" t="s">
+        <v>323</v>
+      </c>
+      <c r="I72" s="148"/>
+      <c r="J72" s="148"/>
+      <c r="K72" s="148" t="s">
+        <v>52</v>
+      </c>
+      <c r="L72" s="148" t="s">
+        <v>52</v>
+      </c>
+      <c r="M72" s="148"/>
+    </row>
+    <row r="73" spans="1:13" ht="157.5" x14ac:dyDescent="0.45">
+      <c r="A73" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B73" s="116" t="s">
+        <v>324</v>
+      </c>
+      <c r="C73" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D73" s="135" t="s">
+        <v>149</v>
+      </c>
+      <c r="E73" s="116" t="s">
+        <v>325</v>
+      </c>
+      <c r="F73" s="116" t="s">
+        <v>326</v>
+      </c>
+      <c r="G73" s="116" t="s">
+        <v>327</v>
+      </c>
+      <c r="H73" s="136" t="s">
+        <v>328</v>
+      </c>
+      <c r="I73" s="137"/>
+      <c r="J73" s="137"/>
+      <c r="K73" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L73" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M73" s="137"/>
+    </row>
+    <row r="74" spans="1:13" ht="122.5" x14ac:dyDescent="0.45">
+      <c r="A74" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B74" s="116" t="s">
+        <v>329</v>
+      </c>
+      <c r="C74" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D74" s="134">
+        <v>0</v>
+      </c>
+      <c r="E74" s="116" t="s">
+        <v>330</v>
+      </c>
+      <c r="F74" s="116" t="s">
+        <v>331</v>
+      </c>
+      <c r="G74" s="116" t="s">
+        <v>332</v>
+      </c>
+      <c r="H74" s="136" t="s">
+        <v>333</v>
+      </c>
+      <c r="I74" s="137"/>
+      <c r="J74" s="137"/>
+      <c r="K74" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L74" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M74" s="137"/>
+    </row>
+    <row r="75" spans="1:13" ht="122.5" x14ac:dyDescent="0.45">
+      <c r="A75" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B75" s="116" t="s">
+        <v>334</v>
+      </c>
+      <c r="C75" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D75" s="135" t="s">
+        <v>199</v>
+      </c>
+      <c r="E75" s="116" t="s">
+        <v>335</v>
+      </c>
+      <c r="F75" s="116" t="s">
+        <v>336</v>
+      </c>
+      <c r="G75" s="116" t="s">
+        <v>337</v>
+      </c>
+      <c r="H75" s="136" t="s">
+        <v>338</v>
+      </c>
+      <c r="I75" s="137"/>
+      <c r="J75" s="137"/>
+      <c r="K75" s="137"/>
+      <c r="L75" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M75" s="137"/>
+    </row>
+    <row r="76" spans="1:13" ht="140" x14ac:dyDescent="0.45">
+      <c r="A76" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B76" s="116" t="s">
+        <v>339</v>
+      </c>
+      <c r="C76" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D76" s="135" t="s">
+        <v>211</v>
+      </c>
+      <c r="E76" s="116" t="s">
+        <v>340</v>
+      </c>
+      <c r="F76" s="116" t="s">
+        <v>341</v>
+      </c>
+      <c r="G76" s="116" t="s">
+        <v>342</v>
+      </c>
+      <c r="H76" s="136" t="s">
+        <v>343</v>
+      </c>
+      <c r="I76" s="137"/>
+      <c r="J76" s="137"/>
+      <c r="K76" s="137"/>
+      <c r="L76" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M76" s="137"/>
+    </row>
+    <row r="77" spans="1:13" ht="105" x14ac:dyDescent="0.45">
+      <c r="A77" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B77" s="116" t="s">
+        <v>344</v>
+      </c>
+      <c r="C77" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D77" s="134">
+        <v>1</v>
+      </c>
+      <c r="E77" s="116" t="s">
+        <v>345</v>
+      </c>
+      <c r="F77" s="116" t="s">
+        <v>346</v>
+      </c>
+      <c r="G77" s="116" t="s">
+        <v>347</v>
+      </c>
+      <c r="H77" s="136" t="s">
+        <v>348</v>
+      </c>
+      <c r="I77" s="137"/>
+      <c r="J77" s="137"/>
+      <c r="K77" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L77" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M77" s="137"/>
+    </row>
+    <row r="78" spans="1:13" ht="157.5" x14ac:dyDescent="0.45">
+      <c r="A78" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B78" s="116" t="s">
+        <v>349</v>
+      </c>
+      <c r="C78" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D78" s="135" t="s">
+        <v>149</v>
+      </c>
+      <c r="E78" s="116" t="s">
+        <v>350</v>
+      </c>
+      <c r="F78" s="116" t="s">
+        <v>351</v>
+      </c>
+      <c r="G78" s="116" t="s">
+        <v>352</v>
+      </c>
+      <c r="H78" s="136" t="s">
+        <v>353</v>
+      </c>
+      <c r="I78" s="137"/>
+      <c r="J78" s="137"/>
+      <c r="K78" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L78" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M78" s="137"/>
+    </row>
+    <row r="79" spans="1:13" ht="122.5" x14ac:dyDescent="0.45">
+      <c r="A79" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B79" s="116" t="s">
+        <v>354</v>
+      </c>
+      <c r="C79" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D79" s="134">
+        <v>0</v>
+      </c>
+      <c r="E79" s="116" t="s">
+        <v>355</v>
+      </c>
+      <c r="F79" s="116" t="s">
+        <v>356</v>
+      </c>
+      <c r="G79" s="116" t="s">
+        <v>357</v>
+      </c>
+      <c r="H79" s="136" t="s">
+        <v>358</v>
+      </c>
+      <c r="I79" s="137"/>
+      <c r="J79" s="137"/>
+      <c r="K79" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="L79" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M79" s="137"/>
+    </row>
+    <row r="80" spans="1:13" ht="140" x14ac:dyDescent="0.45">
+      <c r="A80" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B80" s="116" t="s">
+        <v>359</v>
+      </c>
+      <c r="C80" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D80" s="135" t="s">
+        <v>199</v>
+      </c>
+      <c r="E80" s="116" t="s">
+        <v>360</v>
+      </c>
+      <c r="F80" s="116" t="s">
+        <v>361</v>
+      </c>
+      <c r="G80" s="116" t="s">
+        <v>362</v>
+      </c>
+      <c r="H80" s="136" t="s">
+        <v>363</v>
+      </c>
+      <c r="I80" s="137"/>
+      <c r="J80" s="137"/>
+      <c r="K80" s="137"/>
+      <c r="L80" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M80" s="137"/>
+    </row>
+    <row r="81" spans="1:13" ht="140" x14ac:dyDescent="0.45">
+      <c r="A81" s="116" t="s">
+        <v>142</v>
+      </c>
+      <c r="B81" s="116" t="s">
+        <v>364</v>
+      </c>
+      <c r="C81" s="134">
+        <v>0.25</v>
+      </c>
+      <c r="D81" s="135" t="s">
+        <v>211</v>
+      </c>
+      <c r="E81" s="116" t="s">
+        <v>365</v>
+      </c>
+      <c r="F81" s="116" t="s">
+        <v>366</v>
+      </c>
+      <c r="G81" s="116" t="s">
+        <v>367</v>
+      </c>
+      <c r="H81" s="136" t="s">
+        <v>368</v>
+      </c>
+      <c r="I81" s="137"/>
+      <c r="J81" s="137"/>
+      <c r="K81" s="137"/>
+      <c r="L81" s="137" t="s">
+        <v>52</v>
+      </c>
+      <c r="M81" s="137"/>
+    </row>
+    <row r="82" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A82" s="159"/>
+      <c r="B82" s="159"/>
+      <c r="C82" s="159"/>
+      <c r="D82" s="159"/>
+      <c r="E82" s="159"/>
+      <c r="F82" s="159"/>
+      <c r="G82" s="159"/>
+      <c r="H82" s="160"/>
+      <c r="I82" s="159"/>
+      <c r="J82" s="159"/>
+      <c r="K82" s="159"/>
+      <c r="L82" s="159"/>
+      <c r="M82" s="159"/>
+    </row>
+    <row r="83" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A83" s="161"/>
+    </row>
+    <row r="84" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A84" s="161"/>
+    </row>
+    <row r="85" spans="1:13" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A85" s="161"/>
+    </row>
+    <row r="86" spans="1:13" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A86" s="161"/>
+    </row>
+    <row r="87" spans="1:13" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A87" s="161"/>
+    </row>
+    <row r="88" spans="1:13" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A88" s="161"/>
+    </row>
+    <row r="89" spans="1:13" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A89" s="161"/>
+    </row>
+    <row r="90" spans="1:13" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A90" s="161"/>
+    </row>
+    <row r="91" spans="1:13" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A91" s="161"/>
+    </row>
+    <row r="92" spans="1:13" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A92" s="161"/>
+    </row>
+    <row r="93" spans="1:13" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A93" s="161"/>
+    </row>
+    <row r="94" spans="1:13" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A94" s="161"/>
+    </row>
+    <row r="95" spans="1:13" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A95" s="161"/>
+    </row>
+    <row r="96" spans="1:13" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A96" s="161"/>
+    </row>
+    <row r="97" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A97" s="161"/>
+    </row>
+    <row r="98" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A98" s="161"/>
+    </row>
+    <row r="99" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A99" s="161"/>
+    </row>
+    <row r="100" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A100" s="161"/>
+    </row>
+    <row r="101" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A101" s="161"/>
+    </row>
+    <row r="102" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A102" s="161"/>
+    </row>
+    <row r="103" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A103" s="161"/>
+    </row>
+    <row r="104" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A104" s="161"/>
+    </row>
+    <row r="105" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A105" s="161"/>
+    </row>
+    <row r="106" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A106" s="161"/>
+    </row>
+    <row r="107" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A107" s="161"/>
+    </row>
+    <row r="108" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A108" s="161"/>
+    </row>
+    <row r="109" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A109" s="161"/>
+    </row>
+    <row r="110" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A110" s="161"/>
+    </row>
+    <row r="111" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A111" s="161"/>
+    </row>
+    <row r="112" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A112" s="161"/>
+    </row>
+    <row r="113" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A113" s="161"/>
+    </row>
+    <row r="114" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A114" s="161"/>
+    </row>
+    <row r="115" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A115" s="161"/>
+    </row>
+    <row r="116" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A116" s="161"/>
+    </row>
+    <row r="117" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A117" s="161"/>
+    </row>
+    <row r="118" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A118" s="161"/>
+    </row>
+    <row r="119" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A119" s="161"/>
+    </row>
+    <row r="120" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A120" s="161"/>
+    </row>
+    <row r="121" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A121" s="161"/>
+    </row>
+    <row r="122" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A122" s="161"/>
+    </row>
+    <row r="123" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A123" s="161"/>
+    </row>
+    <row r="124" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A124" s="161"/>
+    </row>
+    <row r="125" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A125" s="161"/>
+    </row>
+    <row r="126" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A126" s="161"/>
+    </row>
+    <row r="127" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A127" s="161"/>
+    </row>
+    <row r="128" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A128" s="161"/>
+    </row>
+    <row r="129" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A129" s="161"/>
+    </row>
+    <row r="130" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A130" s="161"/>
+    </row>
+    <row r="131" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A131" s="161"/>
+    </row>
+    <row r="132" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A132" s="161"/>
+    </row>
+    <row r="133" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A133" s="161"/>
+    </row>
+    <row r="134" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A134" s="161"/>
+    </row>
+    <row r="135" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A135" s="161"/>
+    </row>
+    <row r="136" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A136" s="161"/>
+    </row>
+    <row r="137" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A137" s="161"/>
+    </row>
+    <row r="138" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A138" s="161"/>
+    </row>
+    <row r="139" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A139" s="161"/>
+    </row>
+    <row r="140" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A140" s="161"/>
+    </row>
+    <row r="141" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A141" s="161"/>
+    </row>
+    <row r="142" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A142" s="161"/>
+    </row>
+    <row r="143" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A143" s="161"/>
+    </row>
+    <row r="144" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A144" s="161"/>
+    </row>
+    <row r="145" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A145" s="161"/>
+    </row>
+    <row r="146" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A146" s="161"/>
+    </row>
+    <row r="147" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A147" s="161"/>
+    </row>
+    <row r="148" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A148" s="161"/>
+    </row>
+    <row r="149" spans="1:1" hidden="1" x14ac:dyDescent="0.45">
+      <c r="A149" s="161"/>
+    </row>
+    <row r="150" spans="1:1" x14ac:dyDescent="0.45"/>
+    <row r="151" spans="1:1" x14ac:dyDescent="0.45"/>
+  </sheetData>
+  <autoFilter ref="A2:M81" xr:uid="{68BA89FD-93C7-4D4F-B2B2-C9AEA99EE647}"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="31" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+</worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>I) Guidance</vt:lpstr>
       <vt:lpstr>II) Kontoplan</vt:lpstr>
       <vt:lpstr>III) Momskoder Bruttoliste</vt:lpstr>
+      <vt:lpstr>1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Statens It</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Mikkel Sanderhoff</dc:creator>
+  <dc:creator>Jonas Langberg Lund</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>